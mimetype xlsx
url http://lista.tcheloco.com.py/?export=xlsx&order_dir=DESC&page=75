--- v0 (2026-03-05)
+++ v1 (2026-03-05)
@@ -14,86 +14,71 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 05/03/2026 13:28</t>
-[...14 lines deleted...]
-    <t>Drivers e Tweeters</t>
+    <t>Lista gerada no: 05/03/2026 15:14</t>
   </si>
   <si>
     <t>CELULAR XIAOMI NOTE 14 / 128GB / 6 RAM / AZUL</t>
   </si>
   <si>
     <t>Celulares Xiaomi</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
     <t>CABO USB-A A LIGHTNING ECOPOWER EP-6043 / 2.4 A - 1M</t>
   </si>
   <si>
     <t>Cabos USB</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>CABO USB-A A LIGHTNING ECOPOWER EP-6017 / 2A - 1M</t>
   </si>
   <si>
     <t>ABAJUR ECOPOWER EP-A204</t>
   </si>
@@ -158,50 +143,62 @@
     <t>AR CONDICIONADOS</t>
   </si>
   <si>
     <t>HYE</t>
   </si>
   <si>
     <t>CELULAR XIAOMI NOTE 14 / 256GB / 8 RAM / PRETO</t>
   </si>
   <si>
     <t>MODELADOR DE CACHOS ONIDA ON-064 - 1/4'' 32MM - BIVOLT</t>
   </si>
   <si>
     <t>MODELADORES</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
     <t>MIXER ONIDA ON-602 5 EM 1 - 1000W</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>ESCOVA SECADORA 5 EM 1 ONIDA ON-1033 - BIVOLT</t>
+  </si>
+  <si>
+    <t>VENTILADOR PORTATIL ECOPOWER EP-V103 - 2V</t>
+  </si>
+  <si>
+    <t>CAFETERA SEMIAUTOMATICA RAF R.104B 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>RAF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b19061bb92be7e5619146f9ff804fe72.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b0635a432d7cf65565376c58f699d0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c43ec880e32a5f811fcf63f25135fcea.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9baf837905d15bcc90aa6622bb79bfe.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25bcc551c4a0c6ecfa3984a908aeeedc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e125800e5dbed344b0fbedf458e83a34.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bd123b0d37cddcafb59be21eeae5670.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37a940bcab847a943e7a662be27416fd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cc601b66b9a537004313788954ed48a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e42ba90a684afc64f454d694e402da6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b56d8a68ec3d1102d75792a0f2d01198.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e6c22821553536abe7db3105eacc7c0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16033bbd8aa1c9f0464ecd4fba58656f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b95514f786a0df23bdbe7a771925248.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9ebcf4b8187fbcc10d04a2888056d53.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80e027a211909dc7e10afa9b5a087785.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3543a80a42613dc2e2846a3abea67cab.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bebe2262699e8ea04d20855d146f2bd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e3f453aa331ed4d9c36907562366a51.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d92824c3cd411ff0eddcf85b309bf5b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/def90d3c1486a6d896b003a43d8ffeac.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f704455b78abfd0e438163bf14d5e2f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dca13c6063e59a3cec62d2511abfd38e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abfc34df51fc3780b23df0375c461626.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef0c5502e122e20ac57eef0f580b8f43.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d0fdb4b47fa4eb6957f8cbc944c18d1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3b2acdb95427dca3b3c362ae0e74ada.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ab8dacc9cd876afcea9dc39dcd17adb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/483e4cc0fd91e88b9c944888369a5a1f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3dcf3131b0c99918cd0278ab976172f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9df913f82b85a991d43946484f9c670.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b8941177bf8b88a7afe40f1754e363a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30eb05d58d1cb6fd0acc86b6eb66dffc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a935a3871c256b40a7625e15f64d42b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdde47a69a447a632fcdee16e7a2c6d1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76ef0a2fd56ead891c1c8e3f29679208.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e037afc586e0bea841ee8f33f4546dec.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab28c47f230a007ea9afaea9bc73f27f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04a9cf50bf6c97150e43acce21cb28e3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/648f279ce9f46ba8dde091a46bc49793.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1166,386 +1163,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>555869</v>
+        <v>555821</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>48.0</v>
+        <v>131.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>555852</v>
+        <v>555807</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>48.0</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>555821</v>
+        <v>555791</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>131.0</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>555807</v>
+        <v>555760</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>1.18</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>555791</v>
+        <v>555753</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>0.88</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>555760</v>
+        <v>555722</v>
       </c>
       <c r="C7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>9.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>555753</v>
+        <v>555715</v>
       </c>
       <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
         <v>21</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>12.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>555722</v>
+        <v>555692</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>2.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>555715</v>
+        <v>555685</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
+        <v>23</v>
+      </c>
+      <c r="E10" t="s">
         <v>26</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>27.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>555692</v>
+        <v>555678</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F11" s="3">
-        <v>22.0</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>555685</v>
+        <v>555654</v>
       </c>
       <c r="C12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>48.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>555678</v>
+        <v>555647</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>38.5</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>555654</v>
+        <v>555609</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="F14" s="3">
-        <v>49.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>555647</v>
+        <v>555579</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
         <v>34</v>
       </c>
       <c r="E15" t="s">
         <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>49.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>555609</v>
+        <v>555548</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="E16" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>25.0</v>
+        <v>162.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>555579</v>
+        <v>555524</v>
       </c>
       <c r="C17" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17" t="s">
         <v>38</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>39</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>290.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>555548</v>
+        <v>555500</v>
       </c>
       <c r="C18" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" t="s">
         <v>41</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
       <c r="F18" s="3">
-        <v>162.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>555524</v>
+        <v>555494</v>
       </c>
       <c r="C19" t="s">
         <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="F19" s="3">
-        <v>14.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>555500</v>
+        <v>555449</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="F20" s="3">
-        <v>29.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>555494</v>
+        <v>555289</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>20.0</v>
+        <v>75.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>