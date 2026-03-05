--- v0 (2025-12-22)
+++ v1 (2026-03-05)
@@ -34,177 +34,177 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 03:27</t>
-[...5 lines deleted...]
-    <t>Diversos</t>
+    <t>Lista gerada no: 05/03/2026 11:35</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA EP-E102 (96 LEDS) 2V</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA EP-E101 (46 LEDS) 2V</t>
+  </si>
+  <si>
+    <t>CARREGADOR  12V  ECOPOWER EP-7031 - 1-USB / TIPO-C</t>
+  </si>
+  <si>
+    <t>Carregadores 12V</t>
+  </si>
+  <si>
+    <t>ESPELHO PARA MAQUIAGEM COM LED SATE A-M21</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>CELULAR ITEL P55 P661N 5G BR / 128GB / 6GB / AZUL</t>
-[...23 lines deleted...]
-    <t>Copos</t>
+    <t>ESPELHO PARA MAQUIAGEM COM LED SATE A-M17</t>
+  </si>
+  <si>
+    <t>TELEFONE COM FIO N.INC KX-T888 BINA - PRETO</t>
+  </si>
+  <si>
+    <t>Telefones C/Fio</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>RADIO PORTATIL PHILCO 1010BT AM-FM / BLT - 110V</t>
-[...11 lines deleted...]
-    <t>Relogio de parede e mesa</t>
+    <t>LIQUIDIFICADOR RAF R.300 JARRA INOX (2X1) - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOLIMIX MAF-35 - 3.5L - 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MOLIMIX</t>
+  </si>
+  <si>
+    <t>GARRAFA SUNLIGHT S2722 800ML - EYUN</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CALCULADORA CIENTIFICA CASIO FX991LACW - PRETO</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
   </si>
   <si>
     <t>CASIO</t>
   </si>
   <si>
-    <t>RELOGIO DE PAREDE CASIO IQ-152 (1DF)</t>
-[...23 lines deleted...]
-    <t>ESCOVA MODELADORA + RIZADOR  3X1 AVOCADO 3D LUO LU-4657 220V</t>
+    <t>FOGAO PORTATIL A GAS ECOPOWER EP-3631</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>FOGAO ELETRICO ECOPOWER EP-3630 2000W - 50-60HZ - 220V</t>
+  </si>
+  <si>
+    <t>FOGAO ELETRICO ECOPOWER EP-3629 1000W - 50-60HZ - 220V</t>
+  </si>
+  <si>
+    <t>ESCOVA ALISADORA ECOPOWER EP-2012 - 2V</t>
   </si>
   <si>
     <t>Escovas Alisadoras</t>
   </si>
   <si>
-    <t>ESCOVA 3X1 AVOCADO 3D LUO LU-4653 - 220V</t>
-[...35 lines deleted...]
-    <t>COPO TERMICO 3 EM 1 - 1.2ML / 240ML / 240ML</t>
+    <t>CAFETERA RAF R.133 CAPUC/MACCHI/ESPRE - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO RAF R.5306 24L -  220V - BRANCO</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO RAF R.5316 38L - 220V - PRETO</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR RAF R.626 100W - INOX - 220V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>ABAJUR ECOPOWER EP-A205</t>
+  </si>
+  <si>
+    <t>Abajures</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ECOPOWER EP-6108 6X9" (2 VIAS)</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12e08c67d98b1ec1a77d4df21eb912c7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cd78a946ac667c9965106a93041cb85.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52de37fc7d336eb3a1809f062511c594.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab4af685c97c3a77de26b36a8d11067d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf2062cfedfc0f1ff1a603ff267949a4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06ad59a3fab74486fac0c7d6f99ca443.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a374280e2ae05e8e794ede42ec569bc0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b83d1de0dcfb0f2d73f956b59612d946.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce65379565291f9b95f6a66e7278633e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dac7149568e25b40137079858bf888ec.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf6a160a86b9fbd9478994b880ff6eaa.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39d6647512e38c14c5919c66a5d84e03.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43e60379b3075e166b16da61c89bbd6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12ca81a683b6bd87e0139a276f3e2626.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95fd024cdde26b10a7fd72652bfb902d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd4feba9911dee8abc178f33fd516301.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aafeb6cb1ce92283656417224d32d9ff.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7d1f65630acd315a477e569c190d51c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a56d34ef29e80aaae35a9aacb8ba2aa8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dfa85430d3fda35024c174af10700a1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69198b34223b49958d01d0bc0d9ab8d5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c20498ad5438b1ca03cf90fca7d2b970.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87dcde12fe7ee1a4d944284ab55032c3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d6a17dc815b58262e0d59c9b96706c5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aa7e38abb4a4f1958bdc5433ddddfd6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99c14cff1e03d0607cc2ee7a3976cf1a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1a5c81e79f95671e596b90b81dd821e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e2d2b6d346bb1bb62137e4ce60027c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/062c02cbb9101c45ae05c7f5065fc181.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/179b88a967a5c7fdd188aab06ebb5730.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b34961923d0fdc5f3b75e9a2ed878b47.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f593f2767b24b3c956469c9dd887755.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01d4ffa56bd5adfeb2c6ebd7f13efb28.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38ae149ba6011d56bf062f9db8283d9e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5116804990a74e13968a24cc322de5e2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe63879453e73d6366074c6e94267587.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8922d84b5e5f88a2a08f51c2d64e955b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37bdbcd1448b26b0edffda6bec0f2280.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b22cb0a417891ddb399bc1aad8da52dc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba9bfffdd7c26728e81c40a5f9c9424.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>554541</v>
+        <v>557016</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>554510</v>
+        <v>557009</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>101.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>554503</v>
+        <v>556996</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>101.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>554473</v>
+        <v>556811</v>
       </c>
       <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>9.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>554466</v>
+        <v>556804</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>554459</v>
+        <v>556750</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>18.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>554374</v>
+        <v>556736</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>14.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>554367</v>
+        <v>556668</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>24</v>
       </c>
       <c r="E9" t="s">
         <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>14.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>554350</v>
+        <v>556620</v>
       </c>
       <c r="C10" t="s">
+        <v>26</v>
+      </c>
+      <c r="D10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>14.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>554329</v>
+        <v>556576</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>4.75</v>
+        <v>26.6</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>554282</v>
+        <v>556552</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>55.0</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>554251</v>
+        <v>556545</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>15.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>554244</v>
+        <v>556538</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>8.75</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>554237</v>
+        <v>556521</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>554220</v>
+        <v>556507</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="F16" s="3">
-        <v>40.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>553964</v>
+        <v>556484</v>
       </c>
       <c r="C17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" t="s">
         <v>41</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="F17" s="3">
-        <v>3.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>553957</v>
+        <v>556477</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="F18" s="3">
-        <v>5.5</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>553940</v>
+        <v>556453</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="F19" s="3">
-        <v>99.5</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>553933</v>
+        <v>556415</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
         <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>99.5</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>553896</v>
+        <v>556385</v>
       </c>
       <c r="C21" t="s">
+        <v>47</v>
+      </c>
+      <c r="D21" t="s">
         <v>48</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>19.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>