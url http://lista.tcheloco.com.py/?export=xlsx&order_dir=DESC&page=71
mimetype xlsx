--- v0 (2025-12-22)
+++ v1 (2026-03-05)
@@ -14,221 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 01:44</t>
-[...56 lines deleted...]
-    <t>Ventiladores</t>
+    <t>Lista gerada no: 05/03/2026 09:49</t>
+  </si>
+  <si>
+    <t>TORRADEIRA PARA FAZER SOBREMESAS DSP KC1007 - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>COMPRESSOR DE AR PORTATIL FOSTON</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T7042 / BRANCO / ELETRICO</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T7031 / VERMELHO / ELETRICO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T7022 / AZUL / ELETRICO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T7021 / VERMELHO / ELETRICO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T7012 / VERDE / ELETRICO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T7011 / AZUL / ELETRICO</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-7905 - 95W</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO ONLY O-PUSH MOD-31 COM MICROFONE / BRANCO</t>
-[...50 lines deleted...]
-    <t>TV SMART LED 50'' MARSON MAS50  WIFI DIGITAL ANDROID</t>
+    <t>GARRAFA TERMICA INFANTIL - STITCH - INOX - 1000ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS  ECOPOWER EP-3040 - 2 BOCAS</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8751  6.68" BT - USB</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>MIXER BRITANIA BMX400P 400W - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>BALAN�A GANCHO SUNLIGHT 13325 - 1000KG</t>
+  </si>
+  <si>
+    <t>Balan�as de Bagagem</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>KIT DE PANELA KAISA VILLA KV-8385 - 3 UNID</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>TV 55'' SMART LED  MTEK MQK55FSGU LED / 4K / SMART / AND</t>
   </si>
   <si>
     <t>Televis�es</t>
   </si>
   <si>
-    <t>MARSON</t>
-[...29 lines deleted...]
-    <t>Acessorios Para Bike</t>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>BALAN�A DE PISO SUNLIGHT 13323 150KG - 2V</t>
+  </si>
+  <si>
+    <t>Balan�as de Mercado</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ALPHASONIK AM88PRO -  8" - SECO - 350W - 8OH</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ALPHASONIK</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ALPHASONIK AM84PRO - 8" - SECO - 350W - 4OH</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ALPHASONIK AM68PRO - 6" - SECO - 300W - 8OH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -251,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd00e27ad927fdbdd8fa15ceb5770397.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21b2cf8655235ded56d13195706226e8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab89fa339157099798169a06ac6e3d15.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee8ab2286f747de4af4ad8c1822a58df.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5616eef7ee273b5c697b9cddfbe9eb.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ccd361c92701d06e5a42a41dfd9ef73.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/863ef5d07036cb6644e32694f9ffad36.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7951a7989c23a0c02fb2d32e61e5f6a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9b262c865d9bd84a34567e673e8fabf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a37ef8bf67a8b78b0fceebb31cd8fcaf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a89feb482fdd970b70491523189530ec.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40664a60bef40e80f8e7ad80c5d4be2c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17cfa5516adf18c908228de6455699bc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c767a88a79b815fda9d8eb4975a78d74.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3a916be97b87d2e862965e7e54e3a49.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e57562c3d3398b122d088edd001d4a47.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7c0dd92562a636d4f009902aae5d5ff.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f0e3e4f604f74d0d875e590cce1ccde.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6c4b4a986b6af9e531a4978965e7053.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edcd33c345a9e09ca4671e396b5a5820.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a59640f1e175d9cba208222dd9198227.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/665e80ab627a9ae0cfc18f9cb005b1db.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34a2cf50291d1351e7fa3f36e2cb5af0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c42fe895b4eb6623006816d5e4538d2f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1aea27b6da41cdbf0de4fd0e4113de18.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61c562e24d31d8798cde84470a779460.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6375efb85cb1edb07ebd1c88177bc10a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/799952a86c3235a37edc647d79662742.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d020e1a329e381240863557ec631a8f9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5123f3e923d30e4e92a09856f290c660.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aabf057fd8e0d79c4afa15cd427b255.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dd1f06289e4e093d70b1b1ae837688b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22c0596f78d97b262c1f166338a7bc4d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a7ced08e7762d0c0d3a088f4dd75ee0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6b5a2012871764cfc54751e76b4f46d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87c37a6d1b1cb8570c8220eee56ab22d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d169c01b23dc5ad75437fbc07b16828.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4da37dcba471a813f7807d611fb8a6c4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8f74fc43b914a32186ae4d2ee551207.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45140e27cf70b3c1e5131296e7a3fad2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1162,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>555609</v>
+        <v>558525</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>25.0</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>555548</v>
+        <v>558518</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>155.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>555531</v>
+        <v>558488</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>8.5</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>555524</v>
+        <v>558464</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>14.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>555494</v>
+        <v>558457</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>21.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>555487</v>
+        <v>558440</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>18.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>555470</v>
+        <v>558433</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
         <v>18.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>555449</v>
+        <v>558426</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>555425</v>
+        <v>558419</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>1.1</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>555296</v>
+        <v>558402</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>2.4</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>555272</v>
+        <v>558372</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F12" s="3">
-        <v>10.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>555265</v>
+        <v>558334</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="F13" s="3">
-        <v>20.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>555258</v>
+        <v>558310</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>20.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>555210</v>
+        <v>558303</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>38.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>555180</v>
+        <v>558273</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>260.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>555128</v>
+        <v>558266</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>225.0</v>
+        <v>315.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>555050</v>
+        <v>558259</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>4.8</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>555029</v>
+        <v>558174</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>8.5</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>555012</v>
+        <v>558167</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>1.1</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>554978</v>
+        <v>558150</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="F21" s="3">
-        <v>1.5</v>
+        <v>33.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>