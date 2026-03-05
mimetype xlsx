--- v0 (2025-12-22)
+++ v1 (2026-03-05)
@@ -14,194 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 00:30</t>
-[...50 lines deleted...]
-    <t>Celulares Xiaomi</t>
+    <t>Lista gerada no: 05/03/2026 10:01</t>
+  </si>
+  <si>
+    <t>COCINA MEGASTAR COOKTOP4 - 2 BOCAS</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR RX-75BTM AM/FM / USB / BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>RADIO MEGASTAR  RX-65BTD AM/FM / USB / BLT</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MEGASTAR TM8902R - 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MEGASTAR TM8902A - 220V</t>
+  </si>
+  <si>
+    <t>LAVA JATO PORTATIL MEGASTAR LA-002 - 108PS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PORTATIL PISTOLA MEGASTAR FMA4N - 5 PCS</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-901</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-622</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-906</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR BARBA / CABELO TUCANO TC-T58</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MAQUINA PARA CORTAR CABELO TUCANO TC-L7</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBA TUCANO TC-99 RECARREGAVEL - DOURADO</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR PORTATIL SATE A-MLP41 RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR XIAOMI P16ZM / 10000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>CABO USB-A A LIGHTNING ECOPOWER EP-6043 / 2.4 A - 1M</t>
-[...50 lines deleted...]
-    <t>ESCOVA/MODELADOR GIRATORIA 6 EM 1 PROSPER P-1127 - 110V</t>
+    <t>ESCOVA GIRATORIA VIVO STAR DL-400 - 2V</t>
   </si>
   <si>
     <t>Escovas Giratorias</t>
   </si>
   <si>
-    <t>PROSPER</t>
-[...8 lines deleted...]
-    <t>ESCOVA GIRATORIA PROSPER P-1125 110V - CINZA</t>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>JOGO MORDIDA FEROZ STITCH - CABE�A MORDE</t>
+  </si>
+  <si>
+    <t>Brinquedos</t>
+  </si>
+  <si>
+    <t>BONECO PELUCIA STITCH QUE RESPIRA - CON PILHA AAA 3 - AZUL</t>
+  </si>
+  <si>
+    <t>ESCOVA DE DENTES ELETRICA WINNINGSTAR ST-9810 - 5V</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>TORRADEIRA PARA FAZER SOBREMESAS DSP KC1007 - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb4aeaa12341723a97ef2b9b4753afe0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3daff932a43c3a151f50584961abd8e8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96ef1a7c1da1e4796ac561d16462cf17.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/635eb8f53543cf0d165b14a4bf502bfa.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ba73c5c9e2a2b82064d684a5d917348.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac1e4ee8ba81a34130f882da3b236538.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0444233629a337fcb28ffaf13f316965.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c4eb75bd55996e9c8332c29bd0e7f4a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09e2d9e374063f2ce5e089abd723fa79.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f3bae6c1c8533f391b61a9358218a63.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77271a61fbd6494a2bd9875edde593ca.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dae5b867f5742290657e6114d54f2a95.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fc4823613d79c3ee312f6e44a158ab7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcf71b091728a6670940ab94a4ce2c73.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fc535762d1469eab173e17e103df286.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2226ce711e8f6af653e2d0facb80369c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf7496bef5e418efba7c754ad2a3debb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aece44d6ac582150f46433c83b4d1d2e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67fcb8927a8bfe7c7cb840dd2518d6f7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba301729e6e6b7063bd16f852dbfeef4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/335f1de898d9da2fca9f37938932bd7a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0288bc2bad17968c0358ffa8700353a6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a4747326e47fe31e42e63517e9c5b20.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a526aabe41c159c01c5918e16ca00f2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5e3fb94463f353505d28d9ce396e152.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a023557ee4a6d8c6478aeb3343f6b91.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a113e3777e7e8eb0b0abc11232c27e02.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca8b3264c052a058cb3a6e982f6f0a72.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8169dfb48c8c1352f95a4333cd5eb53d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11844b6ea2932c06daf3e55e327a2140.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9ccdfa557794e566c8e80a58247b640.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a4203523a415ac1f58e029407950b22.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/016dcfb11040cdbb97bb35e3ec92325c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23591c956155173eeeb32dd9f6efaef0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e14685200efa60360b441bf7095d3a19.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dbb370a8f95abda734f22b56d70f634.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9a6a375296ad7c8ceb9062b34bb1162.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2d87f344ef2e20a6df3bfec7010a0b2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6522774bbbed93bf5aae8e1e92feb6c6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a9afe38591cd21a7c06f80835b38944.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1129,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>555982</v>
+        <v>558846</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.0</v>
+        <v>49.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>555975</v>
+        <v>558839</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>28.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>555951</v>
+        <v>558822</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>26.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>555890</v>
+        <v>558815</v>
       </c>
       <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>349.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>555869</v>
+        <v>558808</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>48.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>555852</v>
+        <v>558792</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>48.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>555821</v>
+        <v>558785</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>131.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>555807</v>
+        <v>558778</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>1.18</v>
+        <v>13.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>555791</v>
+        <v>558761</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F10" s="3">
-        <v>0.88</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>555777</v>
+        <v>558754</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>14.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>555760</v>
+        <v>558730</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F12" s="3">
-        <v>9.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>555753</v>
+        <v>558723</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>555722</v>
+        <v>558716</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="F14" s="3">
-        <v>2.0</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>555715</v>
+        <v>558693</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="F15" s="3">
-        <v>27.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>555692</v>
+        <v>558679</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>22.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>555678</v>
+        <v>558655</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="F17" s="3">
-        <v>38.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>555654</v>
+        <v>558648</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="F18" s="3">
-        <v>46.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>555647</v>
+        <v>558631</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="F19" s="3">
-        <v>46.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>555623</v>
+        <v>558556</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D20" t="s">
+        <v>42</v>
+      </c>
+      <c r="E20" t="s">
         <v>43</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>36.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>555616</v>
+        <v>558525</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="F21" s="3">
-        <v>21.0</v>
+        <v>20.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>