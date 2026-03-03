--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -14,206 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 07/12/2025 12:02</t>
-[...26 lines deleted...]
-    <t>Radios Car USB</t>
+    <t>Lista gerada no: 03/03/2026 01:44</t>
+  </si>
+  <si>
+    <t>LUZ DECORATIVA HYE-9800 - 9" - USB-C</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>LUZ DECORATIVA HYE-9901 - 12" - USB-C - COM CONTROLE</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7045 - TYPE-C - 3.0A - 30W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>APARELHO GAME STATION 2.4G / 2 CONTROLES+CONS / CAIXA PRETA</t>
-[...2 lines deleted...]
-    <t>Infantil</t>
+    <t>RELOGIO XO XO-M10 ULTRA / CINZA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>VENTILADOR MEGASTAR FAN1842 - COLUNA - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART THE POWER OK-1 - 2 RELOGIOS/GAME/5P/SPEAKER</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>APARELHO GAME STATION 2.4G / 2 CONTROLES+CONS / CAIXA BRANCA</t>
-[...92 lines deleted...]
-    <t>Panelas e frigideiras</t>
+    <t>MAQUINA DE CORTAR BARBA/CABELO MEGASTAR GWE041 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>DEPILADOR 5 EM 1 MEGASTAR GWE858 - 600MAH</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>LAVA JATO MEGASTAR LA-850 - 1100W - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>LAVA JATO MEGASTAR LA-1350 - 1350W - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>CARREGADOR 12V MEGASTAR CH222 - USB+USB-C - 60W</t>
+  </si>
+  <si>
+    <t>Carregadores 12V</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART WATCH X8 PLUS - COM MINI CELULAR + ACESS</t>
+  </si>
+  <si>
+    <t>MOTO INFANTIL ELETRICA FOSTON X2 MAX - LARANJA</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>MOTO INFANTIL ELETRICA FOSTON X2 MAX - AZUL</t>
+  </si>
+  <si>
+    <t>MOTO INFANTIL ELETRICA FOSTON X2 MAX - VERMELHO</t>
+  </si>
+  <si>
+    <t>VENTILADOR BIGSTAR 6002 18" COLUNA - 110V</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE XIAOMI MDY-17-EF - 45W - USB - ORIGINAL</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE XIAOMI AD332EU - 33W - USB/TIPO-C - ORIGINAL</t>
+  </si>
+  <si>
+    <t>MOCHILA INFANTIL DESENHO RELEVO</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA BICICLETA 19581 - DIANTEIRO/BUZINA</t>
+  </si>
+  <si>
+    <t>Acessorios Para Bike</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12dc83fc4ea2a1d552473a97559185c2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48e77fc6d22530e9ae76c6f084d0edb5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71aaf750d67e1f21b591db4d0b65ae5b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/144a50bb5e0bdd7713095224bd4e05b0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5977c41a8feb22243f46e6a59d116097.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e4db539d647d8a1aa68b6a265d12629.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03d99e6ad0615ef80b05a09d9e599066.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6ea93a44c2e5452663e60bdaca31f11.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf7dc1995236d8d61f6f46b799bbc772.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9e02c2eba6b4bc786709e209ae60001.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be090f2858da96ea2ee7c46637376487.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9565430ad95eb834951a9c216621db3d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/523946edc2dc1820f94d4d9ac40d0d5b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7eaf1396965f78232ee481b6aaf011a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71bf969cb6a0105580ff29ee7b609fe7.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52619a76272ed9db3297df30b660a23b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3e530e7a08cbfbbb571b4fc418c8c46.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94b8ae6e79c1b7ec7d1fb000fbacda4a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/874b8d276693bb46d3281cf6f9462c50.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a851f966a5ae2cb7d6d7b169f06cdd1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbd0206c50107a981c922466c4a2edfd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45b8ed622a21ed1a96f8c57f46990bfc.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5964d027f9e1c5fb459c6078dfb8026d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ef6fd88cb7d8913f05a103eccc68941.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303b1bc625139c84d864613dcd38f93b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a2ece541e8ebcbfc576bfc072774680.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/542396e7f066da30fedb3c8892f15e75.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7383ef0e3e939d91fb9e28a3163bc668.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a14227a3953377d25234a8cae9b464f5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3837bfd1820b9fef249955891263867f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1d5733f18ba2fe98e7ec921f9b35fa3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96c78fba89a6af2635a3009251a37ee7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04c8bc037c8f333239eb19f1e4a8efc2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d32ca0ecc0032d77020d57dd03b133cd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8439d7e72882a646766ca427304390f0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e4bb9d4f753ba63e44c8bb89f55294a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5beb8626e27e2b565c9a2b756e8275f3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91fae91d9edd840cbfa4b69548d35d0a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb44b86d57ddc7eea0573941c5bb428.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d07c3b3ebe50c4497870b0f145d38ec5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1148,416 +1133,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>579414</v>
+        <v>585446</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>16.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>579407</v>
+        <v>585439</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>23.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>579391</v>
+        <v>585415</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>579377</v>
+        <v>585408</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>67.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>579360</v>
+        <v>585385</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>40.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>579353</v>
+        <v>585378</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>40.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>579339</v>
+        <v>585361</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>49.9</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>579308</v>
+        <v>585354</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="F9" s="3">
-        <v>35.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>579292</v>
+        <v>585347</v>
       </c>
       <c r="C10" t="s">
         <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="F10" s="3">
-        <v>35.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>579285</v>
+        <v>585330</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
         <v>27</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="F11" s="3">
-        <v>35.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>579278</v>
+        <v>585323</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="F12" s="3">
-        <v>29.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>579261</v>
+        <v>585316</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="F13" s="3">
-        <v>27.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>579247</v>
+        <v>585309</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>33</v>
       </c>
       <c r="E14" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>19.5</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>579230</v>
+        <v>585293</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>26.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>579223</v>
+        <v>585286</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>27.0</v>
+        <v>320.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>579216</v>
+        <v>585279</v>
       </c>
       <c r="C17" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" t="s">
         <v>38</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>5.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>579209</v>
+        <v>585262</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>19.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>579193</v>
+        <v>585255</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="F19" s="3">
-        <v>305.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>579186</v>
+        <v>585248</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>579179</v>
+        <v>585231</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>73.0</v>
+        <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>