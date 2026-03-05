--- v0 (2025-12-22)
+++ v1 (2026-03-05)
@@ -14,206 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 23:51</t>
-[...5 lines deleted...]
-    <t>Cafeteiras</t>
+    <t>Lista gerada no: 05/03/2026 08:11</t>
+  </si>
+  <si>
+    <t>CARREGADOR FUENTE ECOPOWER EP-7059 2 USB - 2.4A</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>TRANSMISSOR BLUETOOTH SATE A-MP45 - RGB LED</t>
+  </si>
+  <si>
+    <t>Transmissores</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CAMERA IP - ESPIA SATE A-W10</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>SUPORTE DE CELULAR PARA CARRO LUO LU-484</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SUPORTE DE CELULAR PARA MOTO/BICICLETA LUO LU-479</t>
+  </si>
+  <si>
+    <t>Acess. para Moto</t>
+  </si>
+  <si>
+    <t>MIXER 2 EM 1 ELECTROBRAS EBMX-1000  - 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-90D - 9L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>REFRIGERADOR ELECTRICO PORTATIL MEGASTAR CB65 - 65L - 12/24V</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>PANELA ELETRICA ECOPOWER EP-3636 - 220V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>GRILL - STEAK MACHINE RAF R.568 - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>FORNO ELETRICO RAF R.5316 38L - 220V - PRETO</t>
-[...83 lines deleted...]
-    <t>SPEAKER MEGASTAR HYJ801BT 8" USB / BLT / RECARREGAVEL</t>
+    <t>SPEAKER ECOPOWER EP-2271 USB / SD / BLT</t>
   </si>
   <si>
     <t>Speakers medios</t>
   </si>
   <si>
-    <t>FRITADEIRA AIR FRYER ELECTROBRAS TLAF-61 - 6.1L - 220V</t>
-[...32 lines deleted...]
-    <t>SATE</t>
+    <t>SPEAKER ECOPOWER EP-2261 USB - SD - BLT</t>
+  </si>
+  <si>
+    <t>MONITOR PORTATIL BAK BK-P1563T 15.6"</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>MONITOR PORTATIL BAK BK-P1561B - 2 TELAS</t>
+  </si>
+  <si>
+    <t>MONITOR PORTATIL BAK BK-P1401 - 2 TELAS</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA BAK BK-HER220 1.8L - 220V - AZUL</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA BAK BK-HER220 1.8L - 220V - VERMELHO</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA BAK BK-HER127 1.8L - 110V - VERMELHO</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA BAK BK-HER127 1.8L - 110V - AZUL</t>
+  </si>
+  <si>
+    <t>POTE DE ALIMENTOS PARA ANIMAIS SATE A-DPF01</t>
+  </si>
+  <si>
+    <t>Pet</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5837b6e80faf5a528fdba843757ebd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb3c6fa98e3a980504b1cd376825a96c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8d6f8036361502fae2df33e84108d4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5944e2a706bfb90977cb79d1d83c6d77.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5d7376f2b4f72a4e547cf68176b7a69.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e52b7528db8969edd720f57ec34bb0e8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04e030978b2d1566923994488f16e91a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80561fe9e2a92cd7d8d5b1a7c9263ace.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d15318fd4b3c2212ec4577c2d1b06c4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/745a8dd9358958f62be08980ddf0486f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25cc2f449a428744668bce78dcccdd72.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f59dbff93f9047fdf3fde287d5f13e6e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe0469f846108776227e770a91748a5a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0b42b734439ca1a1f8d077ee7a41d7c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7885f26096e4c85004c669e10172d7f8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74e8229a13a4655566800a87ef48e44a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2f448d8874322a20eeeae6a426f4772.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51d072d7531dce695cc7682c01fce1ce.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b29b24e0c3ed44069362f0435506a910.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/953a46d6ae7687d98e0e4172868c49fc.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1703b1a9ebff52752cca679c2af389e5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b82ab8bf031e0b066430074afc9a7163.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08453f8e243ca238abae22eb62370e79.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b068c5a64ebe600e6d8f28abd145401d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72fa5c1b53f799f48f8aebac5b505e6b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abc3e69dc551497b5dd51ab65cea833d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/574e779e08fb4f723456dbab2605ebff.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08dbb5d68e791e8c2ddf32db92bdde94.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fdf1153c5dab531617decfd0868d686.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e7796645450b265e565eace201aba1d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71fd873e4dd70e39b98dc801ebaf24c2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/779d61a21fbd899f3e8b37de794f664a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a2941c24cb7df7e7f71f4539b7e1ba.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2690a1e54eb908c15fafecd4e86c016e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7db6ecdccc5a2fdd299ac91477e0f04f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffae705466c77f5dcd2fd5c563491b8e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af825d9415a68bffb3f67845bebe1759.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c2392ba7575afc53004df1db64cac2f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b0b2140224afc19614f4a4ba1073838.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93032975a49735bd3c7db91a19523e1e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>556507</v>
+        <v>559379</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>33.0</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>556477</v>
+        <v>559324</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>70.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>556453</v>
+        <v>559317</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>25.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>556415</v>
+        <v>559300</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>21.0</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>556392</v>
+        <v>559270</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>15.0</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>556385</v>
+        <v>559225</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>19.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>556361</v>
+        <v>559218</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>7.5</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>556354</v>
+        <v>559171</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>35.0</v>
+        <v>428.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>556347</v>
+        <v>559164</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
         <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>31.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>556316</v>
+        <v>559133</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>556279</v>
+        <v>559102</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>53.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>556262</v>
+        <v>559089</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>31.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>556231</v>
+        <v>559065</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>5.0</v>
+        <v>134.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>556224</v>
+        <v>559058</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
         <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>40.0</v>
+        <v>254.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>556217</v>
+        <v>559041</v>
       </c>
       <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" t="s">
         <v>38</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>39.0</v>
+        <v>244.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>556163</v>
+        <v>559027</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F17" s="3">
-        <v>53.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>556071</v>
+        <v>559010</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
         <v>42</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>3.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>556064</v>
+        <v>559003</v>
       </c>
       <c r="C19" t="s">
         <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>556033</v>
+        <v>558990</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="F20" s="3">
-        <v>125.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>555999</v>
+        <v>558983</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>68.0</v>
+        <v>43.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>