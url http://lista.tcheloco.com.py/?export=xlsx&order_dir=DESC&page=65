--- v0 (2025-12-21)
+++ v1 (2026-03-05)
@@ -14,203 +14,173 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 19:41</t>
-[...5 lines deleted...]
-    <t>Brinquedos</t>
+    <t>Lista gerada no: 05/03/2026 04:12</t>
+  </si>
+  <si>
+    <t>FURADEIRA DE IMPACTO TOTAL TG109136 - 220V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>CABO 3X1 ECOPOWER EP-6051 / USB A TIPO C - V8 - IPHONE</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI A5 64GB / 3 RAM / AZUL</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C71 / 128GB / 4 RAM / AZUL</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C71 / 128GB / 4 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C71 64GB / 3 RAM / AZUL</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C71 / 64GB / 3 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>BONECO PELUCIA STITCH QUE RESPIRA - A PILHA AAA 3 - ROSA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>BONECO PELUCIA STITCH QUE RESPIRA - CON PILHA AAA 3 - AZUL</t>
-[...56 lines deleted...]
-    <t>GARRAFA TERMICA INFANTIL - STITCH - INOX - 1000ML</t>
+    <t>ADAPTADOR USB/TIPO C - SATELLITE  AL-11</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO G-TIDE OWS 8 BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO G-TIDE L11 BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO G-TIDE L11 BLUETOOTH - BRANCO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO G-TIDE L11 BLUETOOTH - ROSA</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA INFANTIL EDUCATIVA INTERATIVA - 350ML</t>
   </si>
   <si>
     <t>Termica</t>
   </si>
   <si>
-    <t>FOGAO A GAS  ECOPOWER EP-3040 - 2 BOCAS</t>
+    <t>PLACA INFRARROJA MEGASTAR ER68 - 220V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
-    <t>TABLET XIAOMI REDMI PAD SE 8.7" 128G / 6 RAM / CINZA</t>
-[...50 lines deleted...]
-    <t>Balan�as de Mercado</t>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI A5 / 128GB / 4 RAM / DOURADO</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI A5 / 128GB / 4 RAM / AZUL</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI A5 / 128GB / 4 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI A5 / 64GB / 3 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI A5 / 64GB / 3 RAM / DOURADO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +203,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0148744697a47f99f803655f08958b2e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1c4702015d4abd012965fb1ad695b5e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27abc8ca7b9b73c668f72abf3ceb1c05.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbb056e234e2c1186cf24507a3ef9815.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad5cb8f8b775db15a961d81f0624cfb6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc08a430c9cade93630d6bd1af4e642e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2948d14084e7725bab3925ea2e10346d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9420c5cdeec4d1103951b9608579c7b3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e44cf1f109602a94cd1a68a5bee6418.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7427c68fa4d2a0da04c2c97365cd90ed.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3b6d4e16d4f89ac80eb99540c6aff93.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e498f2d2dc0eff007551cc23cad65c4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393817f9e4600d418326516f8068af23.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb1a7b93820660f2fb68a6c0cf91e194.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c7e3fd45a0932a4bfc51fdb5b064f4d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbef3b2b44096f30964e8074f33c7fb1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/824dcc73a00ece0a0aa5883ed77036ec.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f1af2d046a1bfd68f3ef1a777ecbd56.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a3095df7e8cf0a01b948260a6491e30.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a7a9a3d6cd31a6c96963bfdb73d4a1d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aad25b41c5fd409f1441bd74aaed026.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d52175ffbc569f29f54b1fe7fe9bc2c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f66ee1258bcb3c3032ff5f11cc805ff4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06338c16b394eaa714829bd7a103bbd1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea9f8beb1d21e0f042baa73f8c645830.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b6f9f2ba33c464ff61253918365fb0a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6b2330d8bfd9931dda9c0ef66377050.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75ed99bab9b355aa9cde33429adca27f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf12ae03f2f4f0f6312a865a93b7c17.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04ccc56b2bf11ce3b30f07f37dcaacf4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c7065080dc25a93b14eb91c3bd319d6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79877677d30387d47bf7c008d171497.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36ddfebd8177058b89dcc99f7404f957.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ad041538a95ef2a2a052c7f6f957534.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7de977de0b4e3621b76e6fcc145da61.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abf6087cbf2845a0db1e71093ee0b82c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0d3c22d33a7c96cec1b35d57edd2e0c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a39e938216ee883f7b68e1e6ddf9bff0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c7decb06eb074180e8f369fbe5476c8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b554510507aea11cdbcc8a2b101ac0de.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1114,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>558648</v>
+        <v>561686</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>558631</v>
+        <v>561600</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>14.0</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>558549</v>
+        <v>561570</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>9.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>558525</v>
+        <v>561563</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>20.5</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>558495</v>
+        <v>561556</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>23.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>558488</v>
+        <v>561549</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>20.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>558464</v>
+        <v>561532</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>22.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>558440</v>
+        <v>561518</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>19.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>558433</v>
+        <v>561471</v>
       </c>
       <c r="C10" t="s">
+        <v>23</v>
+      </c>
+      <c r="D10" t="s">
         <v>24</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F10" s="3">
-        <v>18.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>558426</v>
+        <v>561457</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>18.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>558419</v>
+        <v>561402</v>
       </c>
       <c r="C12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" t="s">
         <v>26</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>27</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>14.0</v>
+        <v>8.25</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>558402</v>
+        <v>561396</v>
       </c>
       <c r="C13" t="s">
         <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F13" s="3">
-        <v>10.0</v>
+        <v>8.25</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>558372</v>
+        <v>561389</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F14" s="3">
-        <v>82.0</v>
+        <v>8.25</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>558365</v>
+        <v>561341</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="F15" s="3">
-        <v>122.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>558334</v>
+        <v>561273</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="E16" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="F16" s="3">
-        <v>48.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>558310</v>
+        <v>561228</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>14</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="F17" s="3">
-        <v>26.0</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>558303</v>
+        <v>561211</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="F18" s="3">
-        <v>40.0</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>558280</v>
+        <v>561204</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>16.0</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>558266</v>
+        <v>561198</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>315.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>558259</v>
+        <v>561181</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>28.5</v>
+        <v>73.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>