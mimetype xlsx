--- v0 (2025-12-21)
+++ v1 (2026-03-05)
@@ -14,185 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 18:40</t>
-[...2 lines deleted...]
-    <t>MARCADOR TINTA PERMANENTE TOLSEN 2MM</t>
+    <t>Lista gerada no: 05/03/2026 07:52</t>
+  </si>
+  <si>
+    <t>RELOGIO SMARTWATCH ULTRA X12</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CABO HYE HYEA5CL USB-C A LIGHTNING / PD / 20W</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>CABO HYE HYE30UL / USB-A A LIGHTNING / 3.1A / 1M</t>
+  </si>
+  <si>
+    <t>CABO HYEA5CC USB-C A USB-C / 66W / 1M / DADOS</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC180CL / USB-C A USB-C A LIGHTNING</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC8C /  TURBO USB+TIPO-C / 3.0 / 20W</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC9C+ TURBO USB+USB-C / 3.0 / 20W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC165UC / USB-A A TIPO-C</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC180CC / USB-C A TIPO-C</t>
+  </si>
+  <si>
+    <t>CARGADOR HYE HYEC9+ TURBO USB+USB-C / 3.0 / 20W</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS - FURADEIRA COM MALETA NAPPO NHK-217 - 16 PCS</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>TOLSEN</t>
-[...41 lines deleted...]
-    <t>LANTERNA POLICE TUCANO TC-901</t>
+    <t>NAPPO</t>
+  </si>
+  <si>
+    <t>TELEFONO ELGIN TCF-1000 COM FIO / PRETO</t>
+  </si>
+  <si>
+    <t>Telefones C/Fio</t>
+  </si>
+  <si>
+    <t>ELGIN</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE COM FACA - TUFAN</t>
   </si>
   <si>
     <t>Lanternas Police</t>
   </si>
   <si>
-    <t>TUCANO</t>
-[...56 lines deleted...]
-    <t>DIVERSOS</t>
+    <t>CAFETEIRA SEMIAUTOMATICA RAF R.104W - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>BARBEADOR BRITANIA SHAVE BBA07 - RECARREGAVEL - 2V</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MIXER RAF R.789Y - 300W - BEIGE - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>KIT FORMA DE BOLO REDONDA F7-235 - 3 PCS</t>
+  </si>
+  <si>
+    <t>Forma de bolos</t>
+  </si>
+  <si>
+    <t>HD SSD KINGSTON 960GB / SA400S37</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>MINI PROCESSADOR MANUAL LUO LU-4957</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>CELULAR LUO LU-M16 WALKIE-TALKIE / DUAL SIM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -215,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2772f2bc939bd5f074882936383b491b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/580829493698d513acee82f14f4631c2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3c16cfd3af7fc2f344447e17a41008a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8db568857f15418424deb80d35f6ab93.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7ac55f3bc7a4fce642a291cd89b316e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72f32d8f04139561173087fb7cb137e2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b75c55fd7520bf55a546ddeb14252ba.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31f384e757e22cadb1a0500459d67809.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e587359dcd5c5f38d60838d5b8d17630.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b3531cbe652dcfc6b0390cd1bf1cac7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1601b3a70664895a1f36ae5a35eded48.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d78f2bdbc89573850a07a29deb76b2c4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94e15b7d61ca94908b9cc8d6e9916d0d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4189bae258bcf7b0b6bd24d64df6991.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94b163e7163e524bcfad898a512fb05b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05c8a20e28eb74ec1ed1aeaf8cdd475a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5239680fda8cbfbe46966967962c15ed.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c66f606f58cffa566ef7a24be06335df.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd853e7824457c6cdd1489785112959a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f710de759ceaf25070805fa5801a45d0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19383ed88d9408eac82b5d1979e75f80.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bbfa5dba56dac3bb6049fd68825a98a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/854cd4c312894ef214b32821a93d5fe8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233a13f87ec81fb6e58c78d6f4ae40be.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/036af02ad8d3afaf942d3249d74384b1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c377a61c1009eaca9a95306d2b78b721.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0d44802bf25852090691c56c289f812.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69b00b8c81b88ded5ea6c62f6fce0345.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7f5db67df1f2032baededaa6d3f94b8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751e680d4c85db2dcb6718a063e47928.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95047f6b5a159a81ee19e8225cbb659a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ec665f9b0f77143e747835feece2397.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83b680180304bb025ef690399a1cd33a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c390e3f33599abfd5b7814a2bcbe9d8d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0edf48562caa52d10d6137fbe3f93c68.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/518c7a56cff93669ee592ee1a92a4674.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1480bd0ab653a9cbcb95b5665a459020.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d7b95cbb64c34fd24d59cd10e226f5f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ada346cf6a051453b9e7c4ab8ebedfc4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e8cb49e193d14f42d98c8583bd9e0a0.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1126,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>558877</v>
+        <v>562355</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>0.8</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>558860</v>
+        <v>562317</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>15.0</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>558846</v>
+        <v>562300</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>49.75</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>558839</v>
+        <v>562287</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>14.0</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>558822</v>
+        <v>562270</v>
       </c>
       <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>13.0</v>
+        <v>8.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>558815</v>
+        <v>562263</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>8.0</v>
+        <v>8.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>558808</v>
+        <v>562256</v>
       </c>
       <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>8.0</v>
+        <v>9.95</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>558792</v>
+        <v>562249</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F9" s="3">
-        <v>29.0</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>558785</v>
+        <v>562232</v>
       </c>
       <c r="C10" t="s">
         <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>14.0</v>
+        <v>8.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>558778</v>
+        <v>562225</v>
       </c>
       <c r="C11" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>13.75</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>558761</v>
+        <v>562195</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D12" t="s">
         <v>24</v>
       </c>
       <c r="E12" t="s">
         <v>25</v>
       </c>
       <c r="F12" s="3">
-        <v>9.75</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>558754</v>
+        <v>562188</v>
       </c>
       <c r="C13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" t="s">
         <v>27</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F13" s="3">
-        <v>14.75</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>558747</v>
+        <v>562157</v>
       </c>
       <c r="C14" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>9.75</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>558730</v>
+        <v>562140</v>
       </c>
       <c r="C15" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>15.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>558723</v>
+        <v>562119</v>
       </c>
       <c r="C16" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>14.9</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>558716</v>
+        <v>562072</v>
       </c>
       <c r="C17" t="s">
+        <v>37</v>
+      </c>
+      <c r="D17" t="s">
+        <v>38</v>
+      </c>
+      <c r="E17" t="s">
         <v>33</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>9.9</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>558693</v>
+        <v>562058</v>
       </c>
       <c r="C18" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>10.0</v>
+        <v>7.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>558679</v>
+        <v>561990</v>
       </c>
       <c r="C19" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>12.0</v>
+        <v>139.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>558662</v>
+        <v>561969</v>
       </c>
       <c r="C20" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>558655</v>
+        <v>561945</v>
       </c>
       <c r="C21" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>18.0</v>
+        <v>9.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>