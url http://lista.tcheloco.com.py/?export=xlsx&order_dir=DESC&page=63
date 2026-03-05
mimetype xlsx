--- v0 (2025-12-21)
+++ v1 (2026-03-05)
@@ -14,185 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 17:29</t>
-[...20 lines deleted...]
-    <t>Liquidificadores / Mixer</t>
+    <t>Lista gerada no: 05/03/2026 02:19</t>
+  </si>
+  <si>
+    <t>CAIXA DE SOM NAKAMICHI NBF10.3A SUBWOOFER 10" - 1000W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA VACUUM FLASH 1002  - 1L - ALCA</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>VACUUM</t>
+  </si>
+  <si>
+    <t>PNEU PARA TRICICLO FOSTON - GT4400</t>
+  </si>
+  <si>
+    <t>Triciclo eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV - FIXO - 26" 63"  - SUNLIGHT 17529</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>RELOGIO G-TIDE R8 PRO GPS - CINZA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART G-TIDE R6 PRO GPS - PRETO</t>
+  </si>
+  <si>
+    <t>TWEETER ECOPOWER EP-6104 - 130W (PAR)</t>
+  </si>
+  <si>
+    <t>Drivers e Tweeters</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-90D - 9L - 220V</t>
-[...32 lines deleted...]
-    <t>Grill</t>
+    <t>MAQUINA DE CORTAR CABELO RAF R.429 - 2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-2271 USB / SD / BLT</t>
-[...47 lines deleted...]
-    <t>PANELA A PRESSAO ELETRICA ECOPOWER EP-3634 - 5L - 220V</t>
+    <t>CAFETEIRA RAF R.113 CAPUC / VAPOR / ESPRE / 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>CD CONTINENTAL CCD232-RM MP3/CD/CONT/AM/FM</t>
+  </si>
+  <si>
+    <t>Toca CD</t>
+  </si>
+  <si>
+    <t>CONTINENTAL</t>
+  </si>
+  <si>
+    <t>CAFETEIRA EXPRESSO MONDIAL C-20-EC - 20 BAR - 110V</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MACACO HIDRAULICO HORIZONTAL 2 TON - 19859</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>MACACO HIDRAULICO SCISSOR JACKS 19857</t>
+  </si>
+  <si>
+    <t>RELOGIO SMARTWATCH ULTRA X12</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CABO HYE HYEA5CL USB-C A LIGHTNING / PD / 20W</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>CABO HYE HYE30UL / USB-A A LIGHTNING / 3.1A / 1M</t>
+  </si>
+  <si>
+    <t>CABO HYEA5CC USB-C A USB-C / 66W / 1M / DADOS</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC180CL / USB-C A USB-C A LIGHTNING</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC8C /  TURBO USB+TIPO-C / 3.0 / 20W</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC9C+ TURBO USB+USB-C / 3.0 / 20W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -215,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43085af7ac05b2c69d419100b2731ff6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/986f4fc2c70c5c3cb097077aa3abc357.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dfe3ad48abfbde77b26caf0a92a4064.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e6af2ecf30248dc7505856fde3244cd.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7081041e375912f4c811b53ddeebebf3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b76e148750b1795a169c5bc6ca05f2a3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde2de417874605e89c7409b382920c0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6954055876b125e420e7f51cdf47a5de.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5622fc1c5fb417dd79ee9c593e5b8966.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f0ab24efe10e214a13b4a70a6da2df7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf35fee39e80fe0e803dd0a7c8cf3884.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dda9685ec7d5608f31935041c90a0a75.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d6cb6e789703753471210cef81b0b6d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af7f95958d650517f2d1fcc8f79f1535.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7c80725e95feb8cadb16d0b947ba30f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6db35d990b5b80f2eaf9bd3e6407728b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca3ad479352dbc9bd225318f8ff264af.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fa38880bfee17eca055780e3de30c00.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4305d7097d166b020ec2fd9e4fc43edf.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d84bb24bc2c01313cbaeb40ba88b0aec.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3acf1ba8ea49603fd3e9eaba1d2e478d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab796ba5b90bfe05e9338311941829a5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a30f078d8dfa2ef0a5c9882247126681.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e702daf3acbfdba6cf6b68c58ffa68dd.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5830891c19bc0660d71fca769b9c2d61.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a391f30427f59279d6843c3901efb89c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe40b15c36bd38a1411f037dbe72605e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77ab04de5010452be59ff8986c15dc64.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c454c5db0a805092b52312a3be05bf75.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b6f9ad0acacd6fca4f8182947e58e32.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/015bc202f381a429f44e6c89ed15ea8e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45b543f840c53c828e0062108780b6d0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/401b9de513eb5294b9b3d7f4fb03dd9d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c970023ce081a881272301a6dd081a86.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e3d0e5c7b569e69d06160252c05c873.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8071faf4be0009e1843b30a7cc47dfd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a40312a88ef67bebe17057c6616a4ca.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eec9435beccee06c738e4a3bd95b04e6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee1dd737eaa97a3d1411034fef7c0e87.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f55919b35a291b5eaf7a6894c9a62c87.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1126,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>559300</v>
+        <v>562737</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.6</v>
+        <v>116.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>559270</v>
+        <v>562706</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>3.6</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>559225</v>
+        <v>562645</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>32.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>559218</v>
+        <v>562614</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>95.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>559201</v>
+        <v>562577</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>63.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>559171</v>
+        <v>562553</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>428.0</v>
+        <v>41.75</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>559164</v>
+        <v>562492</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>32.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>559157</v>
+        <v>562485</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>20.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>559133</v>
+        <v>562478</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>18.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>559102</v>
+        <v>562430</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>40.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>559096</v>
+        <v>562423</v>
       </c>
       <c r="C12" t="s">
+        <v>34</v>
+      </c>
+      <c r="D12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="F12" s="3">
-        <v>26.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>559089</v>
+        <v>562393</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E13" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F13" s="3">
-        <v>47.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>559065</v>
+        <v>562386</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="F14" s="3">
-        <v>134.9</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>559058</v>
+        <v>562355</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>254.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>559041</v>
+        <v>562317</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>244.0</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>559003</v>
+        <v>562300</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>9.0</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>558990</v>
+        <v>562287</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="F18" s="3">
-        <v>9.0</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>558983</v>
+        <v>562270</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>43.0</v>
+        <v>8.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>558969</v>
+        <v>562263</v>
       </c>
       <c r="C20" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" t="s">
+        <v>47</v>
+      </c>
+      <c r="E20" t="s">
         <v>43</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>47.0</v>
+        <v>8.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>558891</v>
+        <v>562256</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="F21" s="3">
-        <v>38.0</v>
+        <v>9.95</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>