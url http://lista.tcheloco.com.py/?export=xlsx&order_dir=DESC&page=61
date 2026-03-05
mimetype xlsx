--- v0 (2025-12-21)
+++ v1 (2026-03-05)
@@ -14,212 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 15:50</t>
-[...23 lines deleted...]
-    <t>MOEDOR DE CAFE ELECTROBRAS EBMC-200 - 220V</t>
+    <t>Lista gerada no: 05/03/2026 00:21</t>
+  </si>
+  <si>
+    <t>COPO TERMICO COFFE DIGITAL HENGDA YQ10286 - 500ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR NOBEL HOME NH-00314 / 2L / 5000W / 220V / BRANCO</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>NOBEL HOME</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR NOBEL HOME NH-00314 / 2L / 5000W / 220V / VERMELHO</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR NOBEL HOME NH-00314 / 2L / 5000W / 220V / PRETO</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA 106 / 1 SIM - ARGENTINA</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>COPO TERMICO ECOPOWER EP-G027 - 600ML</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA ECOPOWER EP-G116 - 900ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>COPO TERMICO LABUBU - 600ML</t>
+  </si>
+  <si>
+    <t>RODAX</t>
+  </si>
+  <si>
+    <t>SANDUICHERA BRITANIA BELLO PANE INOX - 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CAFETEIRA BRITANIA BCF36I - 30 CAFES / PRETO / 110V</t>
   </si>
   <si>
     <t>Cafeteiras</t>
   </si>
   <si>
-    <t>ELECTROBRAS</t>
-[...5 lines deleted...]
-    <t>Cofre</t>
+    <t>REFLETOR LED ECOPOWER EP-4933 - SOLAR</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>COPO MATERO EUROMAX EM-3432 - 160ML</t>
+  </si>
+  <si>
+    <t>EUROMAX</t>
+  </si>
+  <si>
+    <t>COPO MATERO EUROMAX EM-3419 - 180ML</t>
+  </si>
+  <si>
+    <t>CAFETEIRA RAF R.132 / 220V</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7031 - 3L - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>BICICLETA ARO 12'' 16240R - VERMELHO</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR XIAOMI PB3018ZM / 30000MAH / PRETO</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>LED MATRIX PAINEL SATE A-MP26 - 102X348MM</t>
+  </si>
+  <si>
+    <t>Fitas Led</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>MAQUINA VGR V-333 BARBEADOR PROFISSIONAL / LCD</t>
-[...98 lines deleted...]
-    <t>Cabos /Adapt HDMI</t>
+    <t>LED MATRIX PAINEL SATE A-MP25 - 92X374MM</t>
+  </si>
+  <si>
+    <t>LED MATRIX PAINEL SATE A-MP24 - 70X173MM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7bb9ebdd4d5d323785549550fb5169b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e086aa3d511600ecccb6e7d5c6408bb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c62c75ee26ea6497b73f4e82a1727aa.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67970fdc67df6f83b44364cc3c85822f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db9d71de6fbb1fb39c08e5bcac6d9516.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/851e2e7028243c5af1c9f5e1360269ef.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beea6eee0aa6e1196231d9966dff8a2a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/908b609dfd17f558490244d3b78e950b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b94fd9a1e5d6c5c597976b141139c796.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251a1a3c1a31d8c423c5dea0759e6c71.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d241a266d256289cf49f6221d5006b01.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf64c6af12d4158bc022c3569f557a49.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/735d5c6fe274fa2dce36aa66855f573e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/074fd1b5bb3ddcd2582d664e1e367a5d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ada5f0b7948d4f1e8d170da176239f8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48cdf62f2774adf95cd469ed9811e8b5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a993a40993ec775c7b1a26e1d9706075.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/263165b5514bc73e657cdf4f9bd4022d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7baa81184628d857e7fd912c05a4b0d8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc874ce95630554093cf9700262a8a12.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8922228eda34ea5954bad4b069a931ec.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a47815c579b28e6baeb58dda638990bb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dd8d38c46b9111d9d8c430a8b9c64fb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd18e73d0f614118d7e6e96d2f12a28.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21835ff6b385f8eca57eecff726bba77.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcae3bd4f00e9b1b590480b964021049.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d933131d31721eaaebec1e0a8f0ecab6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d48076f092b1b82ef91b1f0503e7abc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1429a2a233c85517255797039471fcc0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8dde9e46b2243332fff473a14421573.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a22c21a27042c2f9a1bdb072776948d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/807dfdc54d3a4b367cd2c06c48bdfa15.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae474008d546c3cee97e9c0c806d9fd8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d0e804bf94065951d94040a9fce8cb8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b5a47eaa108c528ba9368d09e8577d5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7a17583501741306d8a3374c06b4fc1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5451af0adb83d87a62bf8e0691a4ceb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67aa161f628bc7eeb4f9882c6c8a29f4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d8b0ea9fdb6af32177e4c4d18909452.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c41f27b680307da6285c4c8725d43e8.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>560382</v>
+        <v>564045</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>24.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>560375</v>
+        <v>563932</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>24.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>560344</v>
+        <v>563925</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>33.5</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>560191</v>
+        <v>563918</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>12</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>8.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>560184</v>
+        <v>563895</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>16.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>560153</v>
+        <v>563888</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>36.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>560122</v>
+        <v>563871</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>24.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>560108</v>
+        <v>563864</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E9" t="s">
         <v>23</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>21.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>560061</v>
+        <v>563833</v>
       </c>
       <c r="C10" t="s">
         <v>24</v>
       </c>
       <c r="D10" t="s">
         <v>25</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>13.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>560054</v>
+        <v>563826</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>28</v>
       </c>
       <c r="E11" t="s">
         <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>8.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>560047</v>
+        <v>563802</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="F12" s="3">
-        <v>89.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>560016</v>
+        <v>563772</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
+        <v>8</v>
+      </c>
+      <c r="E13" t="s">
         <v>32</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>1.0</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>559997</v>
+        <v>563765</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
         <v>4.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>559980</v>
+        <v>563758</v>
       </c>
       <c r="C15" t="s">
+        <v>34</v>
+      </c>
+      <c r="D15" t="s">
+        <v>28</v>
+      </c>
+      <c r="E15" t="s">
         <v>35</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>7.0</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>559973</v>
+        <v>563741</v>
       </c>
       <c r="C16" t="s">
+        <v>36</v>
+      </c>
+      <c r="D16" t="s">
         <v>37</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F16" s="3">
-        <v>33.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>559966</v>
+        <v>563727</v>
       </c>
       <c r="C17" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" t="s">
+        <v>39</v>
+      </c>
+      <c r="E17" t="s">
         <v>40</v>
       </c>
-      <c r="D17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>8.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>559959</v>
+        <v>563611</v>
       </c>
       <c r="C18" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" t="s">
+        <v>42</v>
+      </c>
+      <c r="E18" t="s">
         <v>43</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>16.5</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>559942</v>
+        <v>563604</v>
       </c>
       <c r="C19" t="s">
+        <v>44</v>
+      </c>
+      <c r="D19" t="s">
+        <v>45</v>
+      </c>
+      <c r="E19" t="s">
         <v>46</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>187.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>559935</v>
+        <v>563598</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>11.5</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>559904</v>
+        <v>563581</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>9.0</v>
+        <v>20.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>