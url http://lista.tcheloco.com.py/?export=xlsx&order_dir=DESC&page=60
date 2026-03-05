--- v0 (2025-12-21)
+++ v1 (2026-03-05)
@@ -14,188 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 15:12</t>
-[...32 lines deleted...]
-    <t>SPEAKER ECOPOWER EP-1976 - BLUETOOTH - 2V</t>
+    <t>Lista gerada no: 04/03/2026 22:27</t>
+  </si>
+  <si>
+    <t>KIT FACAS KITCHEN KNIFE - 8 PCS</t>
+  </si>
+  <si>
+    <t>Talheres</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>CABO MAXELL BRCLITB-2M - USB-C / LIGHTNING - 2M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>CABO MAXELL BRALITB-2M - USB-A / LIGHTNING - 2M</t>
+  </si>
+  <si>
+    <t>CABO MAXELL BRACB-2M - USB-A / USB-C - 2M</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC MAXELL MOWR-101 - USB OPTICAL - CINZA</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC MAXELL MOWR-101 - USB OPTICAL - PRETO</t>
+  </si>
+  <si>
+    <t>ESTETOSCOPIO PROSPER P-4516 - PRETO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>FOGAO HOT PLATE PARA ARGUILE MAXTOP MP-2303 - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>HOT PLATE</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2267 / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2272 / USB / SD / FM / BLT</t>
   </si>
   <si>
     <t>Speakers Grandes</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...2 lines deleted...]
-    <t>RELOGIO G-TIDE ROMANCE - DOURADO</t>
+    <t>SPEAKER ECOPOWER EP-2266 / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-65D / 6.5L / 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART A58 PLUS - KIT DE RELOGIOS + ACESSORIOS</t>
   </si>
   <si>
     <t>Smart Watch / Fitness</t>
   </si>
   <si>
-    <t>G-TIDE</t>
-[...4 lines deleted...]
-  <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>RELOGIO SMART ULTRA T900 - PRETO</t>
-[...38 lines deleted...]
-    <t>MOTOSERRA TOTAL TGSLI20581 - 20V</t>
+    <t>PAINEL LED "ABIERTO" 19251 - 480*250MM</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>CADEADO CARTELA 25MM -  12 PCS</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>TOTAL</t>
-[...14 lines deleted...]
-    <t>RELOGIO SMART  G-TIDE ELEGANCE - PRETO</t>
+    <t>TABLET XIAOMI REDMI PAD 2 - 11" - 128GB/4GB - CINZA</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>MAQUINA DE FAZER BOLO RAF R.248 - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>WAFFLERA RAF R.519 - 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>PORTEIRO ELETRONICO INTERFONE PROTECTION PT-270I</t>
+  </si>
+  <si>
+    <t>Video Porteiro</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO XIAOMI REDMI BUDS 6 PLAY - PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c5dda39e5dc45e934618469c084f8a1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b19f3a5f429702b51da2800d3576528.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76e03d00a9253c89490c0156618865ba.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b56ff25c07b17d9a8e575e51b9fc6959.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8339b35efe42901c9acac97207cdd917.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7582e339acaeea635e9303b6a631a55c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7ca1e6bd733303f8542274163cbd9e8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3e1d93ef67f8c0c5b6474c99a171e02.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcd2e2878bee7ebf10cb8c1cd924f9ad.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a29593e5f03ead634d3f8544abd553b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea4fadd16cf97b5a7146549c9f93c561.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b3256bf470cbebe514f273483c81520.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddaf92215daf964fb0bbafcfd305fa09.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66be34122fe42c8ce129b5f30278784a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a435dda41de534db8ba7a6401479b573.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36ae49fbc89614099bfeee4f184914a3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50a7ca6e911a36d28d4302f7006724ef.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f730a34fcafe061ae5d9c9f329230a29.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e035ca5ad17d89f5e5d3ed9dd1b249.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c953d0a9e388bc018f34dc979fbd4018.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d5cf6578ac93422801e70c2257d8fab.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70e7e2dd4b2fa9a1630bb1dc77e75a40.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7751eb03ed694b0fa9cafbdb55ed225.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4647032643ef23e4a8b36b084aeb54e0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01bea427c69acc615be881deb604c605.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d09aea0a3ffa3378fbaecc5c9cd3c08.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad1ae2a834c96859f686ceed80e499d0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a994dcd26890eb4e7db7cc970535f96.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/711cbd5876798842b097517610ff3cd4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6534ba15cdab908ef660f716a5e182aa.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9a29b2d8bf1d4e6b100224d894e406a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6582f8ba61684e545ed43fe4c1c1a26c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04f85aea8017d72136a457a7f8e1eeff.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/423a2438c48ed6c1aad30f0b510f7237.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b623d4d2db83ac5c3ffaab523cac03e9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1421b74020a74c34839ea1f661942b8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303244b9a7d6cdeb2f495e7b89893027.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac5f753ce52ecd4d28d9932a3e0b423.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94962f73013c8dab46c6a0587bb50c18.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4089bd342e2eb450a7c4802eae724b5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>560849</v>
+        <v>564526</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>11.8</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>560832</v>
+        <v>564496</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>11.8</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>560825</v>
+        <v>564489</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>21.75</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>560818</v>
+        <v>564472</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>12</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>19.75</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>560757</v>
+        <v>564458</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>560740</v>
+        <v>564441</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>312.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>560733</v>
+        <v>564427</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>32.5</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>560726</v>
+        <v>564373</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
         <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>560702</v>
+        <v>564359</v>
       </c>
       <c r="C10" t="s">
+        <v>23</v>
+      </c>
+      <c r="D10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" t="s">
         <v>25</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>7.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>560696</v>
+        <v>564342</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11" t="s">
         <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F11" s="3">
-        <v>53.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>560689</v>
+        <v>564335</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F12" s="3">
-        <v>29.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>560672</v>
+        <v>564304</v>
       </c>
       <c r="C13" t="s">
         <v>29</v>
       </c>
       <c r="D13" t="s">
         <v>30</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>24.9</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>560665</v>
+        <v>564298</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>25.9</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>560658</v>
+        <v>564281</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
+        <v>36</v>
+      </c>
+      <c r="E15" t="s">
         <v>34</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>230.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>560627</v>
+        <v>564274</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>24.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>560559</v>
+        <v>564243</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F17" s="3">
-        <v>53.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>560481</v>
+        <v>564205</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>12.75</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>560467</v>
+        <v>564199</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>19.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>560443</v>
+        <v>564175</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>21</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="F20" s="3">
-        <v>22.5</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>560412</v>
+        <v>564076</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>21</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="F21" s="3">
-        <v>32.75</v>
+        <v>10.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>