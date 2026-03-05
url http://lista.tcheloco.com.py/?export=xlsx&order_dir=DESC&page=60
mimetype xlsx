--- v1 (2026-03-05)
+++ v2 (2026-03-05)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 04/03/2026 22:27</t>
+    <t>Lista gerada no: 05/03/2026 00:15</t>
   </si>
   <si>
     <t>KIT FACAS KITCHEN KNIFE - 8 PCS</t>
   </si>
   <si>
     <t>Talheres</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
     <t>CABO MAXELL BRCLITB-2M - USB-C / LIGHTNING - 2M</t>
   </si>
   <si>
     <t>Cabos USB</t>
   </si>
   <si>
     <t>MAXELL</t>
   </si>
   <si>
     <t>CABO MAXELL BRALITB-2M - USB-A / LIGHTNING - 2M</t>
   </si>
   <si>
     <t>CABO MAXELL BRACB-2M - USB-A / USB-C - 2M</t>
   </si>
@@ -233,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d5cf6578ac93422801e70c2257d8fab.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70e7e2dd4b2fa9a1630bb1dc77e75a40.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7751eb03ed694b0fa9cafbdb55ed225.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4647032643ef23e4a8b36b084aeb54e0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01bea427c69acc615be881deb604c605.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d09aea0a3ffa3378fbaecc5c9cd3c08.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad1ae2a834c96859f686ceed80e499d0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a994dcd26890eb4e7db7cc970535f96.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/711cbd5876798842b097517610ff3cd4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6534ba15cdab908ef660f716a5e182aa.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9a29b2d8bf1d4e6b100224d894e406a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6582f8ba61684e545ed43fe4c1c1a26c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04f85aea8017d72136a457a7f8e1eeff.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/423a2438c48ed6c1aad30f0b510f7237.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b623d4d2db83ac5c3ffaab523cac03e9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1421b74020a74c34839ea1f661942b8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/303244b9a7d6cdeb2f495e7b89893027.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bac5f753ce52ecd4d28d9932a3e0b423.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94962f73013c8dab46c6a0587bb50c18.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4089bd342e2eb450a7c4802eae724b5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42fc641eaafbc42f03900c9a155ba8cc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29ec1b2c8a410c91f2f50a047e62ca7a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d58edb50bc46fd1a4ee5e542ebbb4d94.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9005ea377caaf4374f429b1be2a5108.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c44da3c1dd002c2d2c8142cbd88a808.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3986c98a93ffff0a8fcab3149ffc07bf.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f5a4f2ae67bbbc2c117954e673b5ed3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5c2b35c0a5068eb049038b3f36c61e2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6846a581f62ef22e46eca04af0a6be3d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6088893116ac8ba83eac52e3f53ca923.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a87a7f958e917e33f3c2aba0816dbc6e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0efb57115bcde5985e04508d186e7fc9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4804d97eb0d10c9f6547508174920ae.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ca3723e7a7fccb066e0aea9183618ca.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9549834e0d9ffdcd80d56485e3ecfa4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/165db2a37a88b70ad9f51b3b1224e55e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c650dfa9d6ee08d6fdbe1fad1d239456.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7a9a7e28ec95aaf25da56b6063c0dd3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe5bd55d887206278531d78183834848.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53856263ccd16cf983b347ea5a9834bd.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>