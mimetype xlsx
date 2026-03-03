--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -14,218 +14,182 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 07/12/2025 06:58</t>
-[...23 lines deleted...]
-    <t>Televis�es</t>
+    <t>Lista gerada no: 03/03/2026 01:49</t>
+  </si>
+  <si>
+    <t>MINI SOPRADOR LUO LU-F2225 - REC/TURBO</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>PANELA DE ARROZ ELETRICA RAF R.178 - 5L - DIGITAL - 220V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA MATE/TERERE LUO LU-4306 - 750ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCO�O U-SHAPED ALMOFADA - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCO�O NECK KNEADING - 12V/2V</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1993 - BLT/150W/MP3/USB/10''</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1995 BLT/FM/300W/MP3/12"</t>
+  </si>
+  <si>
+    <t>JARRA TERMICA BEER PINTS 2112 - 2L +140ML</t>
+  </si>
+  <si>
+    <t>REFLETOR LED FLOOD LIGHT 19106 - 200W - 220V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>REFLETOR LED FLOOD LIGHT 19107 - 300W - 220V</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1720 - 120W/BT/8''</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2262 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1980 - BLT/FM/TWS/USB/8"</t>
+  </si>
+  <si>
+    <t>BIKE ARO 26'' SA25848 - BRANCO</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>BIKE ARO 26'' SA25846 - PRETO</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 16'' - SA25718 - ROSA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 12'' - SA25716 - ROSA</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1902 - BLT/FM//14"/2V</t>
+  </si>
+  <si>
+    <t>HD SEAGATE 2TB SKYHAWK - DVR 3.5 - ST2000VX017</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>SEAGATE</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO HYE H1PRO - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
   </si>
   <si>
     <t>HYE</t>
-  </si>
-[...118 lines deleted...]
-    <t>CAFETEIRA RAF R.115 - 220V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +212,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dee2f822411c05ec44e2215f950021c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5086377c86b91d9f975ef8a38f5414b9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75424510675b4d6e28bb1ab4a83d0f9f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f46b084f26daa35fa46d3fc28c082e6d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/effcc28600ec80c59882929b45a3d84e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81c26c1c29b2fdaf5b236d2856836bec.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c09d58a0960b093ec56ee840d2c46e98.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36972914f9f0c3ccc48649c65fc6e04d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95250c8054d52e63631d64aef41b3827.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45b746abd5e33810c10c83904ce915f5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d0505901cdb53c7384f053e5a2f8704.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b9883f7d18ebb533b7c98e0e2f7472f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/883e9967421e31d37b0925bd4197655a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/691311ae5abb76dc0971db52e18348f1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5badcaa22ac1c5284c4f6fae400a94cb.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bccfdac855f352838f0a2b2f08c41fe3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04cc37730695bd6f5452fe6822b7f451.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76a4d44cbbd316e133ce9de862eccf5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2777a80370ccb4d1c69f90810488126.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9af80d04ed5f2040e4939e2166c9cdf.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbd768e49d8187efd4f3e816e9b45efc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eff98fac98c34e7050d7837f9ab9c8d8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d2cdd79199f6fbb4fb9ca6fba97506e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26b26407889ded12fe2e463f690c17ef.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd9aaab2d7a4dd98496783fe3b24c5e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5dcca313f2daed457ec943bd6610ac7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/616d232d22d44edff455151dc1fa0fb5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/579d774d72bc815519c5cc0e07414f80.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80068eef95f96e92bfb949a550386ae9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/582483b04821760ff5a0e4abe7e5086a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9307613ceda57a54262664a25645a36.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7930849658cd26ffaf13dab215d35e19.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a3f39250d07fcbb88f27cc4e503444d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ecac3b6e002c63ca8d3d2ba82fe4edf.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1c1c76bd659de4cf691f66009667ed5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/120c2b184f57a6ae285a539b67cb91bd.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f42e9f0783ab2475345606e470f7b5f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ffb03d29bbbbffe7b2f2fa968c4d4a8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daf91cc9cc1f2117e3a13cb680c2b775.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f85ed3de1dd56b7ea628221efab18d1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1123,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>579704</v>
+        <v>585668</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>579698</v>
+        <v>585651</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>159.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>579650</v>
+        <v>585644</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>133.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>579643</v>
+        <v>585637</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>480.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>579629</v>
+        <v>585620</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>88.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>579612</v>
+        <v>585613</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>72.5</v>
+        <v>197.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>579599</v>
+        <v>585606</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>3.0</v>
+        <v>367.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>579582</v>
+        <v>585590</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F9" s="3">
-        <v>15.9</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>579575</v>
+        <v>585576</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="F10" s="3">
-        <v>135.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>579568</v>
+        <v>585569</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F11" s="3">
-        <v>225.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>579551</v>
+        <v>585545</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="F12" s="3">
-        <v>1.07</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>579537</v>
+        <v>585538</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F13" s="3">
-        <v>25.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>579520</v>
+        <v>585521</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="F14" s="3">
-        <v>11.0</v>
+        <v>92.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>579506</v>
+        <v>585514</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="F15" s="3">
-        <v>10.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>579483</v>
+        <v>585507</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="F16" s="3">
-        <v>9.9</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>579469</v>
+        <v>585491</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="E17" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="F17" s="3">
-        <v>26.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>579452</v>
+        <v>585484</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
+        <v>36</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="E18" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="F18" s="3">
-        <v>6.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>579445</v>
+        <v>585477</v>
       </c>
       <c r="C19" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="D19" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F19" s="3">
-        <v>3.0</v>
+        <v>197.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>579438</v>
+        <v>585460</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="D20" t="s">
-        <v>54</v>
+        <v>39</v>
       </c>
       <c r="E20" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>579421</v>
+        <v>585453</v>
       </c>
       <c r="C21" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="D21" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="E21" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="F21" s="3">
-        <v>15.0</v>
+        <v>7.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>