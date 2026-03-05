--- v0 (2025-12-21)
+++ v1 (2026-03-05)
@@ -14,191 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 14:05</t>
-[...5 lines deleted...]
-    <t>Teclados</t>
+    <t>Lista gerada no: 04/03/2026 22:20</t>
+  </si>
+  <si>
+    <t>MICROONDAS NAPPO EM9P03XX - 28L - 220V/60HZ - CINZA</t>
+  </si>
+  <si>
+    <t>Microondas</t>
+  </si>
+  <si>
+    <t>NAPPO</t>
+  </si>
+  <si>
+    <t>CAFETEIRA BRITANIA BCF19 - 18 CAFES / PRETO / 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>TABLET C IDEA CM517 7" 1 CHIPS/5G/AND"14/BLK</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>C IDEA</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI BAND 9 ACTIVE M2435B1 / ROSA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI BAND 9 ACTIVE M2435B1 / PRETO</t>
+  </si>
+  <si>
+    <t>CABO USB MEGASTAR CH015B / 6A / USB-A A LIGHTNING</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>DRONE 968 AGES 14+ / GPS HD DUAL CAMERA / PRETO</t>
+  </si>
+  <si>
+    <t>Drones</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>CELULAR XIAOMI POCO X7 / 256GB / 8 RAM / PRETO</t>
+    <t>MAQUINA DE DONUT RAF R.235 - 12 UNID - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>MAQUINA DE COZINHAR OVOS RAF R.0067 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MAQUINA DE ROLO DE SALCICHA RAF R.529 - 220V</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA - TOPWELL SN-8817 - 60 LED - 2V</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>KIT DE TUPPER STORAGE BOWL  MK-2222 - 05 PCS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>TV 32" SMART MOX MO-T32PLUS / HD / WIFI / DIG / AND 14</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO HYE AIR 5 / BLUETOOTH / COM CABO TIPO-C</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART WATCH ULTRA 3 + SPEAKER OK-2</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA YL-8683T - 42 LEDS</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO XIAOMI REDMI BUDS 6 PLAY - BRANCO</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C71 / 64GB / 3 RAM / DOURADO</t>
   </si>
   <si>
     <t>Celulares Xiaomi</t>
   </si>
   <si>
-    <t>XIAOMI</t>
-[...11 lines deleted...]
-    <t>KIT DE FACAS DAILY (11330) - 6 PCS</t>
+    <t>KIT FACAS KITCHEN KNIFE - 6 PCS</t>
   </si>
   <si>
     <t>Talheres</t>
   </si>
   <si>
-    <t>DEPILADOR ONIDA ON-2225 5 EM 1 - 2V</t>
-[...83 lines deleted...]
-    <t>ESCOVA GIRATORIA TUCANO TC-815 - 110V</t>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>KIT DE CUCHILLOS KITCHEN KNIFE ER-0588 - 6 PCS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09c67f4be52151119e3d43f737e35c81.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a47f9ad4d67cf3a8e9612ce4f9114d28.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4af9d16487ba49d875075de736c1db10.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4da2b7250dc612710274d626c4a99813.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab74f62c49bb0174f4226cd0383d3a7e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50325a132ceafecb439b7b7f3eb0249d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d8f281eb0b41de50b7db04338295af3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/653d589168d16909274f9de1370eb3b5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/860b26a2d93c7e02dc2a1b699de2922e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d5e84f8afdbb335669613fbec75c1b8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b1dfb3c83a7f21e49e7566b73a1eab6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/824b69a2945019363e54bb57d5b4041f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f158298d52efcbdc754b4d715b8bf131.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c44f8d93de61612008d4e155a3a4b2c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11027edf9fbacf1c661509ca1f0b92ab.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b5c85e2546f3d688e956a914428a59f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d6a196aa3e269fd615ef8f4c711b1a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60ca6f7b1c827b1b224888ed605fff4c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d3500dbdf42be5013c5764b1daa4f39.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cf9caf97e8ccbe76bba679cf7e30e5d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11fb3220d69e5d00da08d228e8c788e7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33c39cde0c86f5905dcb39e1d7edc246.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f40ce0e076006d3cbbd941219450ba75.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f02e013abdcdd2f80983a5efd1587ec.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f5adbe9c75929be00160a9c03c6f8b9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c479b778dc679278c9b763922cab179e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c98f64e3e0b12d09bba4e6a763dc50b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9571ee9e8eaa5377bb794c2e636cdee5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3c04d12ea7124bce56f8cb5ce4a9058.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c073383a3e6372d335d95c8fb4350d18.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea4fb7f19a1875342cf89cc82202013.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cce6764573a2c66b70fdc1db264907ec.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6bd1a81f219b809ff39b7161f156b7d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f9e66a08162f433dadb024ee61e89c0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f63afc496a7eb7a3971463a8de223fa.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d875adf8ea0279852c8e2ff22b53fdd4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94d48d164dc0e2cb2e337539b4616409.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39afbf74433fa15498d8cdfc03e4ced2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75aed425e3b2ad5565c17ed2c68218e8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23ccb19fd6fe6b81d05b06f1555c3064.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>561136</v>
+        <v>565325</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>561082</v>
+        <v>565295</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>223.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>561075</v>
+        <v>565103</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>18.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>561068</v>
+        <v>565004</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>1.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>561051</v>
+        <v>564991</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>15.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>561044</v>
+        <v>564939</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>21</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>22</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>10.0</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>561037</v>
+        <v>564885</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
         <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>26.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>561020</v>
+        <v>564861</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>26.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>561013</v>
+        <v>564854</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" t="s">
         <v>28</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>19.75</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>560993</v>
+        <v>564847</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>16.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>560986</v>
+        <v>564779</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="F12" s="3">
-        <v>15.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>560979</v>
+        <v>564762</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="F13" s="3">
-        <v>15.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>560924</v>
+        <v>564748</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>11.5</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>560917</v>
+        <v>564717</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>12.8</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>560900</v>
+        <v>564687</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F16" s="3">
-        <v>8.75</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>560894</v>
+        <v>564663</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>9.0</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>560887</v>
+        <v>564601</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>6.8</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>560870</v>
+        <v>564564</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>10.75</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>560863</v>
+        <v>564540</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>17.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>560856</v>
+        <v>564533</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>17.5</v>
+        <v>10.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>