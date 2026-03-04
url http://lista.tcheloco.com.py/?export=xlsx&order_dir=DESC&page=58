--- v0 (2025-12-21)
+++ v1 (2026-03-04)
@@ -14,173 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 13:29</t>
-[...5 lines deleted...]
-    <t>Cabos USB</t>
+    <t>Lista gerada no: 04/03/2026 20:25</t>
+  </si>
+  <si>
+    <t>FORMA DE CUP-CAKE 11089 - 12 UNID</t>
+  </si>
+  <si>
+    <t>Forma de bolos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LIVRO BOBBIE GOODS CAPA DURA - 40 FOLHAS</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>KIT DE CANETAS PERMANENTE DUAS PONTAS - 80 PCS</t>
+  </si>
+  <si>
+    <t>MOCHILA INFANTIL DURA CAPIBARA</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>CARPLAY M1 STREAMING BOX V4 COM WIFI E BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>Variados Automotivo</t>
+  </si>
+  <si>
+    <t>M1</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8518 - 5W+1W</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CELULAR XIAOMI REDMI A5 64GB / 3 RAM / AZUL</t>
+    <t>LANTERNA ECOPOWER EP-8235 - BIVOLT</t>
+  </si>
+  <si>
+    <t>FURADEIRA  INGCO URGH9018 - 110V- 110V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>INGCO</t>
+  </si>
+  <si>
+    <t>CELULAR REALME NOTE 60X RMX3938 / 128G / 4 RAM / PRETO</t>
   </si>
   <si>
     <t>Celulares Xiaomi</t>
   </si>
   <si>
-    <t>XIAOMI</t>
-[...83 lines deleted...]
-    <t>JARRA ELETRICA VIDRO MOX MO-EK25 2L - 220V</t>
+    <t>REALME</t>
+  </si>
+  <si>
+    <t>RADIO CAR NAKAMICHI NAM1612  7" / BLT / COR</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ONLY WAVE MOD83 - COM MICROFONE</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>ONLY</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE NAKAMICHI NW-S100D - SUB 10" B DUPLA</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO WMARK NG-9009 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>WMARK</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO WMARK NG-2020B - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>MAQUINA APARADOR CORPORAL WMARK NG-BT001 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>MAQUINA PARA CORTAR CABELO WMARK NG-2042 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO WMARK NG-119 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>MAQUINA PARA CORTAR CABELO/BARBA WMARK NG-325 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO WMARK NG-1002 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>DRONE S199GPS - DUAL CAMERA</t>
+  </si>
+  <si>
+    <t>Drones</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -203,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f746f6854caeb7783da3598a62b87004.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58d021212b8e663067f413c4b06c45e8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/485dffa28beaffc6d28a89c668ddb8f0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7414da92be1a2c9a262073f092825b69.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f022220daf2a47464cdc3bd37d8a8df.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/492c014d5e2c020ae6768d449f951fb8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7aa94a0ed3a3240de3de52f73968640.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b2b40f88e08885c3e22a21601e6706.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc23ebe70800c6aad214a7ad44f23d65.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55a3e625d4cb780870dfaada95927ba1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5da498c1349a3701500c67adcd6005e3.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bf772048b86364c27c160d32f2e4946.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60272d3deadd15552028bdc0f910fcf2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabd232cceb924ab47627d7f424a36b7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a71b96c9fff596d8ec67faf55f84a66.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0255353e5eccf66b4083b05ed1e9ab3b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/025254f6e79de8f11e532dc714e37bec.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5244d301885dfb76c1113092a5e02b5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2041a7e6d0d52f2dfeda68503b8ca673.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a16df439292d58140318c897f645b47.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c457179441c37c5d6d5e0df257a9a588.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dec99fba78d4af2b7a13d048b707089.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f5be7b5ee70de37c307b54a8aa74e20.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf71821c198a0c2b3a6c92b52f7ea330.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ec3f25d3778efd674e98da51dab6f0f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50399ef970bf453bac25065e32464d13.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb7eb33618cc771a896b081c61537747.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37f0e9af20550b88d8c804a2c6220cd8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52678ee9d470ec25cddd2f755586c90f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ace3820f0816f263b31b251c3209041a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afb33fe44a5bed58857a6cca0f84f2c1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b1a07dc60fe344ebd2aa8e959b23ea8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b43cd09a773818d9848df73081410fe1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6ca9cad680648a4e964e1a58e022e2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7b8c0965d4a1a968c7ecd0819a3026c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a1724291f6904ea5725e948e744b85e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43ddc6cf426005a1e7637cb856d6c1b6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcc35ba1d03db58b4c2b7b29e6a793a8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1eaedb3d4686bd88bd708c2a1ddec3b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56f358c651d26ea48d8aabd3b794bb39.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1114,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>561600</v>
+        <v>565820</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>1.8</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>561570</v>
+        <v>565783</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>68.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>561563</v>
+        <v>565752</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>79.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>561556</v>
+        <v>565745</v>
       </c>
       <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>79.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>561549</v>
+        <v>565714</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>68.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>561532</v>
+        <v>565707</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>67.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>561518</v>
+        <v>565684</v>
       </c>
       <c r="C8" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>14.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>561471</v>
+        <v>565677</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>1.3</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>561365</v>
+        <v>565653</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>31.5</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>561358</v>
+        <v>565639</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>31.5</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>561341</v>
+        <v>565615</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>561273</v>
+        <v>565509</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>19.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>561228</v>
+        <v>565424</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>78.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>561211</v>
+        <v>565417</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>78.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>561204</v>
+        <v>565400</v>
       </c>
       <c r="C16" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F16" s="3">
-        <v>78.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>561198</v>
+        <v>565394</v>
       </c>
       <c r="C17" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E17" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F17" s="3">
-        <v>68.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>561181</v>
+        <v>565387</v>
       </c>
       <c r="C18" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>68.0</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>561174</v>
+        <v>565370</v>
       </c>
       <c r="C19" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
         <v>37</v>
       </c>
       <c r="E19" t="s">
         <v>38</v>
       </c>
       <c r="F19" s="3">
-        <v>8.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>561167</v>
+        <v>565363</v>
       </c>
       <c r="C20" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
         <v>37</v>
       </c>
       <c r="E20" t="s">
         <v>38</v>
       </c>
       <c r="F20" s="3">
-        <v>8.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>561150</v>
+        <v>565332</v>
       </c>
       <c r="C21" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>77.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>