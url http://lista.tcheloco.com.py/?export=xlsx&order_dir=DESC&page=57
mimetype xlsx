--- v0 (2025-12-21)
+++ v1 (2026-03-04)
@@ -14,218 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 12:11</t>
-[...5 lines deleted...]
-    <t>Cabos /Adapt HDMI</t>
+    <t>Lista gerada no: 04/03/2026 20:23</t>
+  </si>
+  <si>
+    <t>MOCHILA CAMUFLADA SPORTS 14432</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>KIT FORMA DE BOLO REDONDA F7-235 - 3 PCS</t>
-[...35 lines deleted...]
-    <t>FURADEIRA TOLSEN 79505 - 220V</t>
+    <t>RELOGIO DE PAREDE JH-3208 / ELETRICO / TEMP / GRANDE</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>KENKO</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESION - PULSO ECOPOWER EP-2702</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-620 BLT / USB / SD / FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>CARREGADOR 12V ECOPOWER EP-7071 - 1 USB/USB</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C514 - 11000MAH</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR MULTILASER H0456 - TEFLON - ROSA - 110V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>MULTILASER</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR MULTILASER H0458 - BASE CERAMIC - VERDE - 110V</t>
+  </si>
+  <si>
+    <t>TOSTADOR DE P�O BLACK&amp;DECKER TL2400 -  110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>BLACK DECKER</t>
+  </si>
+  <si>
+    <t>TOSTADOR DE P�O ROYALFORD QLT-298A - 220V</t>
+  </si>
+  <si>
+    <t>TENDA DOBRAVEL PRAIA/CAMPING - 3X3</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>COPO MISTURADOR ELETRICO AUTOMATICO CAFE-630</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>MAXON</t>
+  </si>
+  <si>
+    <t>GAME PROJETOR BAK BK-GYJ300 SMART / AND / WIFI</t>
+  </si>
+  <si>
+    <t>Projetor / Tela</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>CHAVE DE IMPACTO ELETRICO SATE A-TK8860</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>TOLSEN</t>
-[...92 lines deleted...]
-    <t>Patinete Eletrico</t>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>AQUECEDOR WINNINGSTAR ST-4081 - 2000W - 220V</t>
+  </si>
+  <si>
+    <t>Aquecedores</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>CHAVE DE IMPACTO ELETRICO SATE TK8861</t>
+  </si>
+  <si>
+    <t>ESMERILHADEIRA ANGULAR ELETRICA PORTATIL SATE  A-TK8863 - BIVOLT</t>
+  </si>
+  <si>
+    <t>SPEAKER JBK S2313 / FM / REC / USB / TF / BLT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>JBK</t>
+  </si>
+  <si>
+    <t>SPEAKER JBK M4401 / FM / MIC / USB / TF / BLT</t>
+  </si>
+  <si>
+    <t>MEL PURO DE 1.1KG</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -248,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f4aba46ac08257190af81eb557a2919.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5608d0f3acb614a8763c09d480f64a3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e959db771d470781b724f0af6a7627f0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c45f61a51e2870356f97b78f5c319c8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9054f4e9832da246c4aaf4d6c2807bd.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22683a3be8438a7683f1f7e09be659a3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/011a0edb123015a4e35bc4ee53cffcd3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03e3f26f774ea25c5668483d766ad318.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d68c04fb49fb9417b555829b513ac3fd.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68bec28c53e3bca3b60f015b9b6bc649.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9d0c330acbe9dc642316126ad92984.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ace73c2e6371df68ed072c93d1b8edda.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b6deab9deec60cc0420bb7fcc198834.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23c63fbe806ad315592a644330914e5e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57900ea81efde57f90367bd2daff2098.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f11170eaf9536d15226d8052cfb32c6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534455abdbcaaab4f911e8c5924421c9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2eb06d13980eb4b591a895620f2dbc3.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86ca4f37afdaf547d4896889e6f3f4b6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f76e8455a3d4890893962558ce212d3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c17c3d04ddf6b909dff36294b0470427.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/691ee38d0400cf1c4903268220d40114.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50b37674e2db2eb523e06596b8c0f978.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a905966a0f6f5ded13940adfac69d77.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47dcc21c7befc24db7bda02844c3aa75.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85ff53b2074cceb782d068b39582030f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8719de016cf2ea314aec160e0b6ca72.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14f86b6e265e3ffe51162b604150c24e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74b9546401084a00d9773b5d0c0accc4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93a365232e0455fcfffefeb558f1a3fb.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/309cdb59495db23596f7ba524dcd49d5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e88c37f9d698dd190f2d9e20c505ba64.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ab150648da9a53e9c32f92563ab22bc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daabfcf53527d8e864b35d0245254c0a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/711630d2833e1c3690da367d88d0535d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d75a8afc64b44b5531f96fb4c12420d5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4802ff8cbc9506c694fa8ca111cea704.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001351a15562b01e661604d4a338dc8d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/433165158767d1bdfc6d37ed48a7eb0a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44976d127ddb2d9f1b081904a3ba2e22.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1159,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>562065</v>
+        <v>566339</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>562058</v>
+        <v>566247</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>7.75</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>561990</v>
+        <v>566216</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>77.6</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>561969</v>
+        <v>566179</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>561952</v>
+        <v>566162</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>15.5</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>561945</v>
+        <v>566148</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>561914</v>
+        <v>566124</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>27.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>561884</v>
+        <v>566117</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>330.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>561860</v>
+        <v>566100</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>19.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>561839</v>
+        <v>566070</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>20.75</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>561822</v>
+        <v>566056</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>2.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>561815</v>
+        <v>565981</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>3.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>561808</v>
+        <v>565974</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>52.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>561785</v>
+        <v>565950</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>69.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>561778</v>
+        <v>565943</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>45.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>561761</v>
+        <v>565936</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>65.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>561723</v>
+        <v>565929</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="E18" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="F18" s="3">
-        <v>22.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>561709</v>
+        <v>565912</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>45.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>561686</v>
+        <v>565905</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="F20" s="3">
-        <v>29.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>561631</v>
+        <v>565868</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="E21" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>192.0</v>
+        <v>8.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>