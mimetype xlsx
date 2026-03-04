--- v0 (2025-12-21)
+++ v1 (2026-03-04)
@@ -34,168 +34,168 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 11:44</t>
-[...5 lines deleted...]
-    <t>Celulares Xiaomi</t>
+    <t>Lista gerada no: 04/03/2026 18:49</t>
+  </si>
+  <si>
+    <t>CAMERA IP SMART GP-MINI / ICSEE / 2 ANT / BRANCO</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FRIGIDEIRA WINNINGSTAR ST-5205</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>FRIGIDEIRA WINNINGSTAR ST-5200-24</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA XIAOMI BHR9040US - 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>CABO CHUPETA POSITIVO - NEGATIVO / 200AMP / YW693</t>
-[...104 lines deleted...]
-    <t>CAFETEIRA BRITANIA BCF32A - 32 CAF - PRETO - 220V</t>
+    <t>CAMERA IP XIAOMI MI MJSXJ16CM - C500 PRO / 360� / BRANCO</t>
+  </si>
+  <si>
+    <t>CAMERA IP XIAOMI MI MBC20 - AW300 - EXTERIOR</t>
+  </si>
+  <si>
+    <t>BONECO PELUCIA CHAVEIRO LABUBU</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>TV 50'' SMART LED JVC LT-50KM548 HD / 4K / GOOGLE TV</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY2113B - BLT / IPX6 / 10W / 5W RMS</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY7213B / BLT / IPX6 / 110W / 60W RMS</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>ESPELHO PARA MAQUIAGEM COM LED SATE A-M16</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BALANCA COZINHA SATE A-WS7700 - 1G / 5KG</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC SATE A-513 - USB - ROSA</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC SATE A-512 - USB - BRANCO</t>
+  </si>
+  <si>
+    <t>WAFFLERA HAEGER HG-226 - 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>FONTE UNIVERSAL PARA CAIXA DE SOM MAXIBOM 51-52B - 12V 3A</t>
+  </si>
+  <si>
+    <t>Receptor</t>
+  </si>
+  <si>
+    <t>BONECO PELUCIA LABUBU FALA E CAMINHA - COM 3 PILHA (AA)</t>
+  </si>
+  <si>
+    <t>CONSOLA PORTATIL ECOPOWER EP-G201 - GAME STICK - 30.000 JOGOS</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>ABAJUR INOVA N-02 AJUSTAVEL / RECARREGAVEL PORTATIL</t>
+  </si>
+  <si>
+    <t>Abajures</t>
+  </si>
+  <si>
+    <t>INOVA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d5f58fe736666f13a451cb11a2cac5c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21e55d308e000a08b361658fc03a9537.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ecce625acccc0bfccc9673a3d4e2e17.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6307f80f7eb48db0cfb2ab66ab44e16c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2138db7dcd48d017645ea5d1fa663af.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff7b22e1ddfc53a7798a19317fa23b6d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d947959658d8e2100c54bea952100c64.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddad8d689a4df95cc1362ed6cbd51ccb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f8f115754ef2fe23c34c72d29550e53.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eae2da10e33c83b14d17050a26f938b0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39fcf9f4afa3a78bd6dbd27d89ae62af.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b6ba51c8f8622269544bd3761f1bc1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86266e3c5425fe44ab243519b15010ac.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4eeb185b7066f761297f98929ce3a705.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbac2e0b7d4732391839f3080e01cfc5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b080011a6b0e369a2f953621157cfd50.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55359a2adcf2bfdfb1fe197459a4f5a3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b308e41ca5ab712240f8ded2c7b5cfe6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e55debdccc2908c2b5150ec7abf575c0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/929c7c8bd21dbdbb403a6be054724370.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad93e0c041d2f4f061dd51887f0d51b6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed2fd696108781196eb5b44fb251d08d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/178375bb8260634879c2894613ee22a4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/690effbfa7fb6059452edcbf3e798179.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de740e3b518005fc8433c5c5dc54010a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d8d4b0c7e76130b6e871c26ee340f10.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b03019639e46cf045729f21bedcdd58.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d7f37660fd95a42bd06c7193c46b9ec.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27fd618cb812b699de9c2b9a2c8a31e9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/395ded2cf2679b830b6694a2bd4600c6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/addef161e546518c012c92163ee52692.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6dd9c75654ecbf89f4b995684ff0ff4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a461893def7d19dbef14bee73cdc5866.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7806e449dfe7c0022813e46dda684666.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0954dd16f4aae2cf9e99e3c9d1b11bcd.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3404744387460c2419c3a7865efd6757.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/268ba1661fa7ca93678c5aa9ba17b394.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59a4e177b99040c2068b05c3157f57f0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e86169791d4ee2efc15aad9e908d30.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3b2838426a79566e324c68ea594235a.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1129,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>562461</v>
+        <v>566780</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>269.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>562454</v>
+        <v>566742</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>4.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>562430</v>
+        <v>566735</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>7.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>562423</v>
+        <v>566711</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>84.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>562409</v>
+        <v>566698</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>2.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>562355</v>
+        <v>566681</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>23.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>562348</v>
+        <v>566643</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>17.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>562331</v>
+        <v>566636</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>562317</v>
+        <v>566605</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>5.2</v>
+        <v>268.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>562300</v>
+        <v>566575</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
         <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F11" s="3">
-        <v>2.95</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>562287</v>
+        <v>566551</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D12" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F12" s="3">
-        <v>4.7</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>562263</v>
+        <v>566490</v>
       </c>
       <c r="C13" t="s">
+        <v>28</v>
+      </c>
+      <c r="D13" t="s">
         <v>29</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>30</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>9.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>562256</v>
+        <v>566483</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14" t="s">
         <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>562232</v>
+        <v>566476</v>
       </c>
       <c r="C15" t="s">
         <v>33</v>
       </c>
       <c r="D15" t="s">
+        <v>34</v>
+      </c>
+      <c r="E15" t="s">
         <v>30</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>9.25</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>562225</v>
+        <v>566469</v>
       </c>
       <c r="C16" t="s">
+        <v>35</v>
+      </c>
+      <c r="D16" t="s">
         <v>34</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F16" s="3">
-        <v>7.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>562188</v>
+        <v>566452</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>11.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>562157</v>
+        <v>566445</v>
       </c>
       <c r="C18" t="s">
         <v>38</v>
       </c>
       <c r="D18" t="s">
         <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>562140</v>
+        <v>566438</v>
       </c>
       <c r="C19" t="s">
         <v>40</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>77.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>562119</v>
+        <v>566407</v>
       </c>
       <c r="C20" t="s">
+        <v>41</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
         <v>42</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>18.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>562089</v>
+        <v>566384</v>
       </c>
       <c r="C21" t="s">
+        <v>43</v>
+      </c>
+      <c r="D21" t="s">
+        <v>44</v>
+      </c>
+      <c r="E21" t="s">
         <v>45</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>27.0</v>
+        <v>4.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>