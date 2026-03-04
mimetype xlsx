--- v0 (2025-12-21)
+++ v1 (2026-03-04)
@@ -14,215 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 10:30</t>
-[...5 lines deleted...]
-    <t>Acess. p/ Celular</t>
+    <t>Lista gerada no: 04/03/2026 19:01</t>
+  </si>
+  <si>
+    <t>KIT FORMA DE BOLO ANTIADERENTE 11086 - 3 PCS</t>
+  </si>
+  <si>
+    <t>Forma de bolos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>BARBEADOR PANASONIC ES-RW30-S - 110V</t>
-[...11 lines deleted...]
-    <t>Speakers Grandes</t>
+    <t>CARREGADOR HYE HYEC9L+ - USB-C A LIGHTNING</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ALPHASONIK NS653 / 6.5" / 3 VIAS / 50WRMS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ALPHASONIK</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ALPHASONIK AS29 - 6X9'' 500W - 3 VIAS</t>
+  </si>
+  <si>
+    <t>BALAN�A PRECISAO SUNLIGHT 13302 - 200G</t>
+  </si>
+  <si>
+    <t>Balan�as de Precis�o</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CARGADOR ECOPOWER EP-7043 - 10W - 3 PUERTOS</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CAMERA IP ECOPOWER EP-C071 - 2 CAMERAS - BOCAL E27</t>
-[...5 lines deleted...]
-    <t>RAQUETE ELETRICO MATA MOSCA YPD LTD-016</t>
+    <t>BONECO PELUCIA LABUBU QUE RESPIRA - A PILHA AAA 3</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>SPEAKER RS-2301 BT / USB / TF / FM</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ESCOVA ALISADORA VIVO STAR VS-002 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>MINI ASPIRADOR SUNLIGHT AS-228 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>ESPELHO PARA MAQUIAGEM COM LED SATE A-M132</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>ESPELHO PARA MAQUIAGEM COM LED SATE A-M136</t>
+  </si>
+  <si>
+    <t>MICROONDAS ELECTROBRAS EBHM-27L - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Microondas</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX LUO LU-V92  - 4K - 512GB</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX LUO LU-V91 - 4K - 512GB</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR WADFOW WLY1512 / MULTI / CARRO / CHUP</t>
+  </si>
+  <si>
+    <t>Variados Automotivo</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>MARMITA INOX LUNCHBOX 11207 - 04 PCS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>LUZ DECORATIVA SATE A-HL009</t>
   </si>
   <si>
     <t>Diversos</t>
   </si>
   <si>
-    <t>CELULAR IPRO A9 MINI / DUAL SIM / 4 BANDAS / AZUL</t>
-[...101 lines deleted...]
-    <t>Cafeteiras</t>
+    <t>LUZ DECORATIVA SATE A-HL013</t>
+  </si>
+  <si>
+    <t>MINI PROJETOR TUCANO TC-M70</t>
+  </si>
+  <si>
+    <t>Projetor / Tela</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39fb7b613aac55320cdfe6b4924b95fc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c33e1ffaa1acfa3252f9d14380ffc9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/635ac36dd08a0104f5ec841bc5d67cfc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ffe6f83c2cc2bd1f1e3d9e3db635646.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d41b7c3232697b7778710a3bc79e483.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be089528280e6cd40f420c4851b81f23.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8fe0cfdb07440ba2ad743461eb3b21e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b0acaa44644e595cc7cc26ba468bb4.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fbd61f1f7b8351993237d7d9370f317.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b59627f7ed71685440b1ea5c02b2ce6.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c7139d27766ecc2d94e22d2f49dea77.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ca7de4fe062499e521f68cf48dad5ee.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce008574d445cd542a6d73e4e23e2ac6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9175dc114c9214eaa66f436120eb2010.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c9e49ff6e7a789dde42272a0fbfac28.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c2ef0b6db6c60a1f7640d881da147d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2800a2696d2119c51dd7c5d646a4ee60.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b23c4aafed62e7c9d42a0a81b8c910e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/818a742789c4532a684f401d6e6fd2d4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87a81c79f0004026707b705c3ef23683.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/904981d0835f87e7563ebb5645e59caa.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b9c816a3c7d4db2d262602b0a19a657.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02845350c64342f8905496f68b65ef3f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/420be3daa1a1bcb7114f41d1e63767dd.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f625249dd0f9cb650439e9e00e18ac7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59a7559f2bf65d5a059882f71b46ec57.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a35acdc29c0c9c108ddfd78ca10a6a55.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64b443936d9a434305572d46acc61810.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cf419d6e1f722f960a31651b9529d29.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb06867f527500d1d352cfad48aa6661.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/920c4463818cd176ac3091366b352b56.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/194192684657b8596999fffb56402bd0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a114d8df8dfa2ef2f0e7a6238e140de7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ce2277e3e6abfde8ebce32b1d77c468.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd15a88d5046a228f83d28d067f7aad4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f7a9b2cba35ea398da758132617f553.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0742a6ba754f1bbd60e2ca96da7f15e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37c9f4ec89c7415554767fbfd3f8bf60.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70c90035ad20ee1fd0fde988487564c6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb77a145936514f729ac7a4b9668cb3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="97.833" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>562959</v>
+        <v>567190</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>1.2</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>562935</v>
+        <v>567183</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>48.5</v>
+        <v>9.95</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>562928</v>
+        <v>567169</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>232.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>562904</v>
+        <v>567152</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>15.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>562867</v>
+        <v>567138</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>4.0</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>562850</v>
+        <v>567107</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>10.5</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>562799</v>
+        <v>567091</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>1.75</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>562782</v>
+        <v>567084</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>62.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>562775</v>
+        <v>567053</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>18.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>562751</v>
+        <v>567046</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>19.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>562737</v>
+        <v>567039</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>118.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>562720</v>
+        <v>567022</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>24.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>562706</v>
+        <v>567008</v>
       </c>
       <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" t="s">
         <v>36</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>37</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>6.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>562645</v>
+        <v>566964</v>
       </c>
       <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
         <v>39</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>40</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>10.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>562614</v>
+        <v>566957</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="F16" s="3">
-        <v>5.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>562607</v>
+        <v>566940</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>32.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>562577</v>
+        <v>566933</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
         <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="F18" s="3">
-        <v>36.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>562553</v>
+        <v>566810</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>41.75</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>562485</v>
+        <v>566803</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>3.5</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>562478</v>
+        <v>566797</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
         <v>52</v>
       </c>
       <c r="F21" s="3">
-        <v>65.0</v>
+        <v>27.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>