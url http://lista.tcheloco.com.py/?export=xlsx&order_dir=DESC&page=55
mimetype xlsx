--- v1 (2026-03-04)
+++ v2 (2026-03-04)
@@ -1,222 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 04/03/2026 19:01</t>
-[...137 lines deleted...]
-    <t>TUCANO</t>
+    <t>Lista gerada no: 04/03/2026 20:28</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,659 +96,50 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
-</file>
-[...607 lines deleted...]
-</xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1133,441 +384,100 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G21"/>
+  <dimension ref="A1:G1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="2" spans="1:7" customHeight="1" ht="52">
-[...338 lines deleted...]
-    </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
-  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>