--- v0 (2025-12-21)
+++ v1 (2026-03-04)
@@ -14,206 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 09:53</t>
-[...5 lines deleted...]
-    <t>Fogoes</t>
+    <t>Lista gerada no: 04/03/2026 17:10</t>
+  </si>
+  <si>
+    <t>ASPIRADOR ROBOT BAK  BK-V10 -  BIVOLT</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>TIARA "CAPIVARA"</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>TIARA "STITCH "</t>
+  </si>
+  <si>
+    <t>MICROFONE SEM FIO MEGASTAR MICWR8 - ADAPTADOR - BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MALETA PARA NOTEBOOK COMPACTO 14.6"</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SECADOR MOX MO-HD4002 / 4000W / 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>MALETA PARA NOTEBOOK COMPACTO 17.3"</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO M7 PRO 5G / 512GB / 12 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>MODULO TARAMPS TS-1200X4 - 4 CANAIS - 2 OHMS</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>TARAMPS</t>
+  </si>
+  <si>
+    <t>ACESSORIO PARA PATINETE CANO COM DOBRADI�A - X4 PRO</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C805 - 22000MAH - COM PAINEL SOLAR</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C876 - 24000MAH</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C816 - 12000MAH</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C827 - 33000MAH</t>
+  </si>
+  <si>
+    <t>ESCOVA ALISADORA HQT-906 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7030 / 3L / 1000W / 110V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>FOGAO A GAS DE FERRO RAF R.8500 - 1 BOCA</t>
-[...41 lines deleted...]
-    <t>MIXER 4 EM 1 RAF R.9331 - 350W - BRANCO - 110V</t>
+    <t>MIXER RAF R.255B - 300W - PRETO - 220V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
-    <t>LAMPADA LED SUNLIGHT S2084 / EMBUTIR / REDONDA / 24W</t>
-[...74 lines deleted...]
-    <t>MTEK</t>
+    <t>MOEDOR DE CAFE RAF R.7132 - 300W - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR 2 EM 1 RAF R.2822R - 220V - VERMELHO</t>
+  </si>
+  <si>
+    <t>MAQUINA DE PAO RAF R.208 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6040a8db130a990ff926e46abe77f6b8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/870fa73bd2a3440d712adb6d78b72f4e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f1ab623c51c729fa133e0b6d01386a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98b4e12db57b8e25e5baddcb7ff5642.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/917349e797ab0ac38693e8910a15766b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7a89357b331b5dd62361a29ce61e8a4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90d51ca5633394a874d87084f26998fb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/426dc9a289539cad8074b2a17c551d2d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05044e69b8ba86eff1e7127a3336b0a0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecd888c57423b6abe67680e2e884be22.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4e9c349cc13309782cd734c2b923255.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef5c21ece8f44b70f9f79899eefeb1cc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bb647cc67d15da36ccb07a6a923fb66.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5f33f70c6c7e86d9ff4ac40ff3c064b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1bca4b7c3663a46f70865c6f4a7ea8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8310f0c8549ba0df4de11e4826d246df.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16eb8e78a2ea6b6221413937ece15d34.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a83c6802bf091b9958094c1500b490b1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de5b4301f855820f6385ec2cfcb24821.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9706f3747eac38841d2e4e1dbde6bf25.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4ee21f5e4559ca64f0873254a62bf5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f748adcbec093eafcd0a015000827e31.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce2f10ef70ef8aabc8b153b5fa409e4b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbc9a4342a37812be490dbb89e22ba6d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edb8532d26d11bacabc780e45e2b6f1f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d23545edad6ef96e9437350b484da75.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b37f5b77822dc60dabf5a2ecebd5e1a1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06983fe1d92909e1e9967a00ab1f9791.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e05c3126dab95ec6e57c0226cce2e5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37f426a173d5aee834e32327a8886fae.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5cda829ce44cacb8d1f3fe0888fd05.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af5d095cc805542e40c2ddbb68c21bcf.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f229e43f85ab001562a1af92206f1dd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75ec8f15b22335dd8d53dd48567db27c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35aea2de1b201229402e31c79559762.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e659d890df249283127530ab25f5d0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b274a1a9a28ccd115fc779a97dc154a9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eecd5a3e46e957f71186c619d30c3e0b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/405e3df31a96f436a310138674d318a1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f4c05e593de6f66acd9c37a0eec4e28.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1148,416 +1142,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>563673</v>
+        <v>567671</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>563666</v>
+        <v>567633</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>563611</v>
+        <v>567626</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>25.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>563604</v>
+        <v>567572</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>25.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>563598</v>
+        <v>567565</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>20.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>563581</v>
+        <v>567534</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>20.0</v>
+        <v>7.75</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>563567</v>
+        <v>567527</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>1.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>563284</v>
+        <v>567480</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>12.0</v>
+        <v>267.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>563260</v>
+        <v>567473</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>16.0</v>
+        <v>96.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>563239</v>
+        <v>567466</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>563215</v>
+        <v>567435</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>2.6</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>563185</v>
+        <v>567428</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>15.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>563109</v>
+        <v>567404</v>
       </c>
       <c r="C14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
         <v>34</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>37.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>563086</v>
+        <v>567398</v>
       </c>
       <c r="C15" t="s">
         <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>39.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>563079</v>
+        <v>567312</v>
       </c>
       <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
         <v>39</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>79.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>563048</v>
+        <v>567305</v>
       </c>
       <c r="C17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" t="s">
         <v>41</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="F17" s="3">
         <v>13.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>563031</v>
+        <v>567275</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
         <v>44</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>42</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>15.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>563017</v>
+        <v>567268</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19" t="s">
         <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="F19" s="3">
-        <v>12.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>563000</v>
+        <v>567237</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="F20" s="3">
-        <v>42.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>562980</v>
+        <v>567220</v>
       </c>
       <c r="C21" t="s">
+        <v>48</v>
+      </c>
+      <c r="D21" t="s">
         <v>49</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="F21" s="3">
-        <v>225.0</v>
+        <v>65.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>