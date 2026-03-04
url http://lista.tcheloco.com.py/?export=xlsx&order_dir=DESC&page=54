--- v1 (2026-03-04)
+++ v2 (2026-03-04)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 04/03/2026 17:10</t>
+    <t>Lista gerada no: 04/03/2026 18:46</t>
   </si>
   <si>
     <t>ASPIRADOR ROBOT BAK  BK-V10 -  BIVOLT</t>
   </si>
   <si>
     <t>Aspiradores</t>
   </si>
   <si>
     <t>BAK</t>
   </si>
   <si>
     <t>TIARA "CAPIVARA"</t>
   </si>
   <si>
     <t>Infantil</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>TIARA "STITCH "</t>
   </si>
   <si>
     <t>MICROFONE SEM FIO MEGASTAR MICWR8 - ADAPTADOR - BLUETOOTH</t>
   </si>
@@ -230,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e4ee21f5e4559ca64f0873254a62bf5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f748adcbec093eafcd0a015000827e31.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce2f10ef70ef8aabc8b153b5fa409e4b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbc9a4342a37812be490dbb89e22ba6d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edb8532d26d11bacabc780e45e2b6f1f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d23545edad6ef96e9437350b484da75.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b37f5b77822dc60dabf5a2ecebd5e1a1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06983fe1d92909e1e9967a00ab1f9791.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5e05c3126dab95ec6e57c0226cce2e5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37f426a173d5aee834e32327a8886fae.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e5cda829ce44cacb8d1f3fe0888fd05.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af5d095cc805542e40c2ddbb68c21bcf.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f229e43f85ab001562a1af92206f1dd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75ec8f15b22335dd8d53dd48567db27c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35aea2de1b201229402e31c79559762.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4e659d890df249283127530ab25f5d0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b274a1a9a28ccd115fc779a97dc154a9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eecd5a3e46e957f71186c619d30c3e0b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/405e3df31a96f436a310138674d318a1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f4c05e593de6f66acd9c37a0eec4e28.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19f10b8f6a0a5abfa91d4e1e7d983463.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc15167ad23c3f6a9088f5940f4eb337.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d1ed2458bfdaf6a4ac7f8df4b247e8f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dd0c194f30e7518add7b297a286824f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b6df6c277e868d47869eceb589a297c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ded1b54a362a6119fac637c00001d66d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/475538a8da27629345abfd1a34a4bc12.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d0c496788913622df92694aac84eaac.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb9f2e7cd82bab4c38e695ae189adf14.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f00666ae3d69912045680d442ba106b1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d201f032c4e2acb66c7d9f7e3e42c6c7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82c5a5a0fd94060d1fecdaa402ae4fbe.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7b1f1a3e64c817ca828081fd1222266.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/117b059b6e467965681a5a5e360b7bc9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/482ad12be4ed84bbe13bac0ec1804b27.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c9ebc268684f7eb2cd0f0104ae3d030.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9402fe9f8d1e59e635ca24ecf3a1bd58.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b656e6fca212222718e8384b63e719d4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac7d08a810f4c5f8820252e7d56b7235.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae94b85ba1f7e1e3e80296910206553.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>