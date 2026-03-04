--- v0 (2025-12-21)
+++ v1 (2026-03-04)
@@ -34,189 +34,189 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 08:48</t>
-[...5 lines deleted...]
-    <t>Fone sem fio</t>
+    <t>Lista gerada no: 04/03/2026 17:06</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4918 - 50W</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4917 - 30W</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO ECOPOWER EP-2801 - 220V/60HZ</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>KIT BELEZA DSP SUPERCARE PRO+ 80156  / ALISA, MODELA - 220V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>DSP</t>
+  </si>
+  <si>
+    <t>MODELADOR DE CACHOS DSP 20579 TRIPLO - 220V</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>SECADOR DSP 37093 MS PRO DRYER - 2200W - 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>MAQUINA BARBEADOR ECOPOWER EP-381 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>FORNO MARYLAND MR-855FD - 55L - 2000W - 110V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>MARYLAND</t>
+  </si>
+  <si>
+    <t>FONTE CARREGADOR XIAOMI MDY-12EH - 67W - USB - ORIGINAL</t>
+  </si>
+  <si>
+    <t>Fontes</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>COPO TERMICO COFFE DIGITAL HENGDA YQ10286 - 500ML</t>
-[...2 lines deleted...]
-    <t>Copos</t>
+    <t>CAMERA IP XIAOMI MI MJSXJ21CM - C700 / 360� / BRANCO</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>SECADOR + ALISADOR MEGASTAR GWB056KIT - BIVOLT</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SECADOR + ALISADOR MEGASTAR GWB055KIT - BIVOLT</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MOX MO-EK23 - 2L - LARANJA - 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>AQUECEDOR UTILUX 400W/800W / 220V</t>
+  </si>
+  <si>
+    <t>Aquecedores</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-2363 / USB / TF / BLT / FM</t>
+    <t>RADIO CAR PIONEER SPH-C10BT USB / BLT / SMART</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR LUMABELLA B-1001 - 2L - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>ESCOVA 3 EM 1 ONIDA ON-383 - BIVOLT - PRETO-VERMELHO</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1923 / USB / SD / FM / BLT</t>
   </si>
   <si>
     <t>Speakers medios</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...110 lines deleted...]
-    <t>SUNLIGHT</t>
+    <t>SPEAKER ECOPOWER EP-2265 / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2263 / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/185554b19fb72dd3d2b3a087753aaff2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8525e0669a7d48d9ae059bb0740c800f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd6ef64a3f9cf9bc10a588b70d58269.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1c2f42b6a9da144cbfb95d9b2ed4a72.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/391d90c394b1f46473996711e946baec.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e4d5dc393f8e1a16ca173e711e9ba44.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a259441dfb6876814c6b0cd3edeefea6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/476df7698cd80f4d5eccca39f4212bda.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f05605e9a943346d81df57a1bb2e0c09.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0aa2725d1af95aeacfbc5c218e2d64b0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a209b78485dc0678f4f7d5399887bb8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c033e3468126845c217bc21b530434de.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41f776234f68602ba90e102d165c23c9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dc3856cf005fc8d171b02d720ec4c94.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82d3ae55fab9234cc8f135397ec1f33c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8862e7276591e275ef158bd3f74fd53.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd98d68147848e799f9b3ce0cf4e494b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/163e8f8885e0a6b6ea1c55343afe2267.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e82c3a73dec211054760479da358984.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56108f152dc29ccd536754443f68357a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/574144ecf193f68b7f5ff700a91d2097.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/435ec2229b4649315d952ade2c157357.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e51975d9106d21feebff94704d9c5d8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d63b918e9653bcf287b5a29263332a45.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c479f56ad97d09d12a65b742de579ca.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fe8bd4909a1b6b5db949d5d2d4bfaab.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38c34a5c4dfbfab8e98c185c6f85f2af.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9086b0bb480a0be5f13c7e3385fd36f5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c6044384194d1b277a6a33e7dc0faa6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70980ac4e18f2561f804e4d9f028a13f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab5aa0cc70ed0dac64d42fc5e8af7eac.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/374fe01c8634242cd63bdf095d7772ea.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cd3548544506bfb024ba2d071aaedaf.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffb55ea1f85a3fa6e4cc4f407bccea2e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52cb667ab21ed7c89678527ab2111033.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9473994eaf0be1e0d3a617b8cad2b2a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9be4e9fe015ac5251181396f9d38e6f9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6b7f1519ecdfb79d4bffb0b12d81a9f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/187fa5b7be335e995082958fde3ee76f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae9044a421a96e351d26c0a5f1e03868.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>564076</v>
+        <v>568104</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>564045</v>
+        <v>568098</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>6.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>564021</v>
+        <v>568081</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>26.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>563987</v>
+        <v>568050</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>52.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>563963</v>
+        <v>568043</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>85.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>563949</v>
+        <v>568036</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F7" s="3">
-        <v>112.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>563895</v>
+        <v>567985</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>563888</v>
+        <v>567978</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>4.0</v>
+        <v>79.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>563864</v>
+        <v>567954</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>563857</v>
+        <v>567947</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>15.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>563840</v>
+        <v>567916</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="E12" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>245.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>563833</v>
+        <v>567909</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F13" s="3">
-        <v>17.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>563826</v>
+        <v>567855</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>25.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>563802</v>
+        <v>567794</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>30.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>563796</v>
+        <v>567763</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>440.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>563789</v>
+        <v>567756</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
         <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>440.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>563772</v>
+        <v>567749</v>
       </c>
       <c r="C18" t="s">
         <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>3.6</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>563765</v>
+        <v>567701</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>4.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>563758</v>
+        <v>567695</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>16.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>563727</v>
+        <v>567688</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>55.0</v>
+        <v>62.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>