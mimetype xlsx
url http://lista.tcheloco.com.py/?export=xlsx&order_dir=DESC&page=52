--- v0 (2025-12-21)
+++ v1 (2026-03-04)
@@ -14,212 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 08:04</t>
-[...50 lines deleted...]
-    <t>FONE DE OUVIDO G-TIDE CLIP 1 / BLUETOOTH / PRETO</t>
+    <t>Lista gerada no: 04/03/2026 15:30</t>
+  </si>
+  <si>
+    <t>CARREGADOR XO XO-L99 COM CABO USB - TIPO-C / BIVOLT</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS MARYLAND MR-G404 - 4 BOCAS</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MARYLAND</t>
+  </si>
+  <si>
+    <t>ROBO SPACEWALKER COM SPEAKER - SATE WH-E03</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>CARROSSEL CON SPEAKER - SATE WH-E11</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR RAF R.3970 SHAKE 600ML / 300W / 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>BALAN�A DE COZINHA SUNLIGHT 13300 - 5KG</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO/MICROFONE PC GAMER SATE AE-303</t>
+  </si>
+  <si>
+    <t>Gamer</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 10"  LUO LU-A90</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LUO LU-995 PINTO / BLT / LED / AMARELO</t>
   </si>
   <si>
     <t>Fone sem fio</t>
   </si>
   <si>
-    <t>G-TIDE</t>
-[...14 lines deleted...]
-    <t>Speakers medios</t>
+    <t>FONE DE OUVIDO LUO LU-985 / PANDA / BLT / LED / AZUL</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LUO LU-985 / PANDA / BLT / LED / VERDE</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4929 - 50W</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RELOGIO SMART A58 PLUS - KIT DE RELOGIOS + ACESSORIOS</t>
-[...2 lines deleted...]
-    <t>Smart Watch / Fitness</t>
+    <t>MONITOR CURVO 24" HYE HY24VIEW165 - 165Hz 16:9</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TV 43'' SMART LED MTEK MK43FSGF / FHD / GOOGLE TV</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>CONSOLA PORTATIL INOVA BOX GT-1000 - 300 JOGOS CLASSICOS</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>CAFETEIRA 3 EM 1 RAF R.1950 - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>DRONE M3 MAX - DUAL CAMERA</t>
+  </si>
+  <si>
+    <t>Drones</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>PAINEL LED "ABIERTO" 19251 - 480*250MM</t>
-[...53 lines deleted...]
-    <t>GRILL INTERBRAS H20PY - 220V</t>
+    <t>FOGAO ELETRICO - 2 BOCAS WINNINGSTAR ST-9638 - 220V</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>BONECO PELUCIA STITCH GRANDE COM MANTA - ROSA - LILAS</t>
+  </si>
+  <si>
+    <t>FOGAO ELETRICO - 2 BOCAS WINNINGSTAR ST-9639 - 220V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86fcca97e3684d0d70e4bba400ea1cbb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa2d6bcc31ea3d5554e15ee52223f169.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d499b8c8e1d70d3daffb68fcc9e72d98.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5dab586d6ba5cc56fbb9f1d7ef02d3f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e621058d9342ee78856a7a0b5da497a1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4979158e07b2047913ab4fbedbdd9979.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cc2d3ec19735c7cb910b3f82d31ed7a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80d5bb09265663a26c32007b19f587d6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7602619f332519586030adcdda74ab26.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/332c5d0a39b95cec9ed926bc1ecac7ad.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd62dadf81dfde010311de3cf4c8580c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2233f4a86bad19ed51aa200137560fb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d91adafab0ce775be838832470cfa0d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94940d60ab214a8f8d8a54ffa82634e2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93040fb7193438b7d0214026188bfead.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46af2b6a805a2c77f1e873a93d1b73ad.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb9983647d25641aa1ea899405751c7c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4905b07aedfbcdc1388c6175bbfe2af.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2e1d61b2c29f14cbb54ea61008a1154.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc9ebc293dc55f067a6de5efe77edf05.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd6560eca8b3918d2c2036ed4a03bdcb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dee4af69bcf0ae3e5e4b30b57d918ae1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe55a3828f96e3d73803e99d3e5c0e52.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce97544cb8c0e8567b8ce951ef26cc33.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2f0f3376d28e654e4f713fc745aa80e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfb652bef39218c37e7244acbf7daca9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66d1bd55f52b1122380d74355b377f7d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856510f2305c2f1beebb2f4ac0b215b6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7131bd69e32da509e1aa82f8b94f1ea.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f05a46a211383de54d4c01591c5ff393.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c045d1157f3a35abbb1c88b40f4e257e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f79943125258d85eea90797a1a9197ab.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79582703d41b6ae93438f35cdc96ea10.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed14b02c31355df0b369e786f128dc2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742427ca539213995141b5aa1c1f9996.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c085ce0b4b065f5623c9d673f8bbd266.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f11d08945bea3f06c48fe85d30640779.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2296d6933a5893b40c42ddb8690ca775.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80a699088d310002a16f3aa3181e2c82.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddc7b93903fa7119447641caff388aad.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>564526</v>
+        <v>568845</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>564502</v>
+        <v>568791</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>4.5</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>564496</v>
+        <v>568784</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>9.75</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>564489</v>
+        <v>568777</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5" t="s">
         <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>9.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>564472</v>
+        <v>568715</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>3.3</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>564458</v>
+        <v>568708</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
         <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>564441</v>
+        <v>568661</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
         <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>564427</v>
+        <v>568562</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>564403</v>
+        <v>568555</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>564373</v>
+        <v>568524</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" t="s">
         <v>27</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>564359</v>
+        <v>568517</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>29</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>24.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>564298</v>
+        <v>568470</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>564281</v>
+        <v>568456</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
         <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>7.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>564274</v>
+        <v>568425</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>4.5</v>
+        <v>175.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>564243</v>
+        <v>568395</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>135.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>564205</v>
+        <v>568333</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="F17" s="3">
-        <v>10.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>564199</v>
+        <v>568302</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>16.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>564151</v>
+        <v>568227</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>3.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>564106</v>
+        <v>568180</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="E20" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="F20" s="3">
-        <v>15.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>564090</v>
+        <v>568166</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>15.0</v>
+        <v>12.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>