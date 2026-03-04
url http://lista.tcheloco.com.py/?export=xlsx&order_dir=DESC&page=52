--- v1 (2026-03-04)
+++ v2 (2026-03-04)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 04/03/2026 15:30</t>
+    <t>Lista gerada no: 04/03/2026 17:04</t>
   </si>
   <si>
     <t>CARREGADOR XO XO-L99 COM CABO USB - TIPO-C / BIVOLT</t>
   </si>
   <si>
     <t>Carregadores, baterias e pilhas</t>
   </si>
   <si>
     <t>XO</t>
   </si>
   <si>
     <t>FOGAO A GAS MARYLAND MR-G404 - 4 BOCAS</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
     <t>MARYLAND</t>
   </si>
   <si>
     <t>ROBO SPACEWALKER COM SPEAKER - SATE WH-E03</t>
   </si>
   <si>
     <t>Projetores de Luzes</t>
   </si>
@@ -236,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd6560eca8b3918d2c2036ed4a03bdcb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dee4af69bcf0ae3e5e4b30b57d918ae1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe55a3828f96e3d73803e99d3e5c0e52.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce97544cb8c0e8567b8ce951ef26cc33.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2f0f3376d28e654e4f713fc745aa80e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfb652bef39218c37e7244acbf7daca9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66d1bd55f52b1122380d74355b377f7d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/856510f2305c2f1beebb2f4ac0b215b6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7131bd69e32da509e1aa82f8b94f1ea.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f05a46a211383de54d4c01591c5ff393.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c045d1157f3a35abbb1c88b40f4e257e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f79943125258d85eea90797a1a9197ab.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79582703d41b6ae93438f35cdc96ea10.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fed14b02c31355df0b369e786f128dc2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742427ca539213995141b5aa1c1f9996.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c085ce0b4b065f5623c9d673f8bbd266.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f11d08945bea3f06c48fe85d30640779.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2296d6933a5893b40c42ddb8690ca775.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80a699088d310002a16f3aa3181e2c82.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddc7b93903fa7119447641caff388aad.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c88325e654c113422c5d285e77660ace.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13b0b13782bca3449ac411fc63b3ff82.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edb7ab5af5000db353c12e425333be9e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4404561a9ba742c47f8f4082482a6e53.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1069bd5e4f8855d14a732f9dde164083.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc35d4fc016b10b4a73ff9447c46e5f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f848a249088e5a9dc6fb5f41cd18e7e8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ffa2a2fa1ae4d24cf0f5e6b366471f1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c76f692c41da583894c1c85b82a41b87.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50e8a833a030e1d61d321787a5cf148d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58a1fbc9d1bb8b2ad1f29993e6ac2a03.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad4d4c69db1232225d347f7a9c762716.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e95d6589521ff518c5198d5a3e7b6953.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17b09baaf36e026fedafbc6de32271a8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f388c2188a37e1cdf545057e146a2056.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79ed5ba542b872cf4ac8fcb330bc8920.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99117eb215e9c212119bbd372ba93bd5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57fb63a0b308be9cad83d1d81ff0e2f7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3f14fa730ad393db851264fdcaef25c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31e25e8e661cb5ca7c0201a65ed8282c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>