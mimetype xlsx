--- v0 (2025-12-21)
+++ v1 (2026-03-04)
@@ -14,200 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 06:10</t>
-[...14 lines deleted...]
-    <t>Forma de bolos</t>
+    <t>Lista gerada no: 04/03/2026 13:52</t>
+  </si>
+  <si>
+    <t>PISTOLA PARA SILICONE - YB-706 - 80W - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>LIVRO BOBBIE GOODS CAPA DURA - 40 FOLHAS</t>
-[...8 lines deleted...]
-    <t>MOCHILA INFANTIL DURA CAPIBARA</t>
+    <t>PISTOLA PARA SILICONE - XW-601 - 40W - BIVOLT</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ LED ECOPOWER EP-L105 / 80W / BIVOLT</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FRIGOBAR BRITANIA PFG95N / 76L / 220V / 50HZ / BRANCO</t>
+  </si>
+  <si>
+    <t>Frigobar</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-J12 / AMOLED / PRETO</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-M10 ULTRA / PRETO</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-M50 PRO - PRETO</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-J10 / AMOLED / PRETO</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-H140 4G / CAMERA / WIFI / PRETO</t>
+  </si>
+  <si>
+    <t>RELOGIO XO XO-H140 4G / CAMERA / WIFI / ROSA</t>
+  </si>
+  <si>
+    <t>SECADOR XO XO-CF28 - MODELO DYSON - 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SECADOR DE CAL�ADO XO XO-CF35 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>SACA ROLHA ONIDA ON-027 - RECARREGAVEL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>FONE/MIC MAXELL H-MIC1 - 3.5MM - UM LADO</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>TV 40'' SMART LED MARSON MAS40 / WIFI / DGT / AND</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MARSON</t>
+  </si>
+  <si>
+    <t>APARADOR PORTATIL SATE A-TK886 - REG - BIVOLT</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>MOCHILA PARA NOTEBOOK SATE A-KP4045 - 15.6"</t>
   </si>
   <si>
     <t>Maletas P/Notebook</t>
   </si>
   <si>
-    <t>CARPLAY M1 STREAMING BOX V4 COM WIFI E BLUETOOTH - PRETO</t>
-[...92 lines deleted...]
-    <t>Barbeadores</t>
+    <t>LIQUIDIFICADOR 2 EM 1 - RAF R.2821 - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>MOCHILA PARA NOTEBOOK SATE A-KP4024 - 15.6"</t>
+  </si>
+  <si>
+    <t>MOCHILA PARA NOTEBOOK SATE A-KP4021 - 15.6"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7934acb99e0e9c169a9e2aa9c902beb5.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9be0c99461992585fb34eba610b6c65b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0b8685d62b4c766c554698fbbf18305.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30203705725557ecf4e2622e485b6555.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31eceb44c2835f2002d53017d3141435.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaffcf4cde1d97a466eada201f28c064.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f94179d781f4bfc59cc5e9a866a09187.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d063e23b869504db9b5b2da7b020139b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21cab71fe93bf85c85a5892fb637f203.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48cf0557814516bc9a9a601d852e17e5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/551b8e4d48ffe685d9351584bf904439.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4cdaea34dd9bb931314a71a932af463.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb30117a68a643c411f77102927e4931.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/772db77a8bbd2c03fced493b05240f6f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e5fc0854f975f2d0307e028b8e3dff6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/647acaec9f9fc6e29987fd4a97219949.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2631a1b40d586054283104c7a43ae76.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac288d6cfaf665674f503166397885d0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24f2d228ce718655a6eefb9cf34459ee.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96373cd4f92a99795dadc8a3a6bcbfb2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9ebee84672455a993000f5c5a956b90.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/312cb4b80d90ec0365958d1783b2e1e7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/109c934cf85c76249c08b9683e702b56.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0163484a9991aa3c7270e2a7274d4653.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1761c4736f5fce88ed8b2ddbbfea0f0a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99784f660f50ea955e718a262c61abdb.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da38d948273a8897695bb711c0f59e5f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8fe240dc66b32833568bb10b9c3322f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2df7764f1c9faf5d021a4b8a9dd7cfd0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5a9ad631702b63bcf68a30ed0af57ab.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a8f2c0ee937084f2c38e4f5f837bc82.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2557a3e5674d3714d7cd0bd6fd43f13.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59510c0ac01a8ad0054db867b99a123e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8332a7340835bd37eed50d49fb57b18d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2d40036f558622e92e66896db3a8761.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d4435fff5415da481287f70a6ff1874.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/146010ef9ae78a91b55eb5ba163e285f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1350a105a286c3627c6802611b4c6f3f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a24b8e7067015870df5d7c53512222f1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f96946df9051c3ea2fe643bb945eab.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>565851</v>
+        <v>569675</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
         <v>4.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>565820</v>
+        <v>569668</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>2.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>565783</v>
+        <v>569651</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>3.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>565752</v>
+        <v>569620</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>18.0</v>
+        <v>149.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>565745</v>
+        <v>569606</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>8.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>565714</v>
+        <v>569583</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>19</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>170.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>565707</v>
+        <v>569576</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>565684</v>
+        <v>569552</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="F9" s="3">
-        <v>3.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>565677</v>
+        <v>569545</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F10" s="3">
-        <v>48.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>565653</v>
+        <v>569538</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="F11" s="3">
-        <v>77.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>565615</v>
+        <v>569521</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="F12" s="3">
-        <v>2.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>565578</v>
+        <v>569514</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="F13" s="3">
-        <v>1.2</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>565561</v>
+        <v>569507</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F14" s="3">
-        <v>0.95</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>565530</v>
+        <v>569491</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>565509</v>
+        <v>569484</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>29.0</v>
+        <v>139.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>565448</v>
+        <v>569422</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>28.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>565431</v>
+        <v>569415</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="F18" s="3">
-        <v>35.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>565424</v>
+        <v>569385</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F19" s="3">
-        <v>34.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>565417</v>
+        <v>569378</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="F20" s="3">
-        <v>28.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>565400</v>
+        <v>569361</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="E21" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="F21" s="3">
-        <v>19.5</v>
+        <v>17.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>