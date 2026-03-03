--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -14,212 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 07/12/2025 05:28</t>
-[...68 lines deleted...]
-    <t>CELULAR XIAOMI POCO C85 / 128GB / 6 RAM / LILAS</t>
+    <t>Lista gerada no: 03/03/2026 00:13</t>
+  </si>
+  <si>
+    <t>CADEIRA ESPREGUICADEIRA DOBRAVEL 15030 - PRATA</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS EHGEIBERC EB-8013 - 6 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>JARRA TERMICA + COPO MATERO LUSTAR 2.5L + 140ML - PRETO</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>CAMERA DIGITAL TASSOS - 64MP/16X/2.4" - ROSA</t>
+  </si>
+  <si>
+    <t>C�meras digitais</t>
+  </si>
+  <si>
+    <t>CAMERA DIGITAL TASSOS - 64MP/16X/2.4" - PRETO</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PHILIPS ZINC R20G2B/70 - D*2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PHILIPS ZINC R03L4B/70 - AAA*4 PCS</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PHILIPS ZINC R6L4B/70 - AA*4 PCS</t>
+  </si>
+  <si>
+    <t>CANIVETE COM TRAVA 15CM OM190462 - SEM CAPA</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TRICICLO ELETRICO INFANTIL FOSTON 8.5" GT4400 - CORES</t>
+  </si>
+  <si>
+    <t>Triciclo eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>TV 43'' SMART LED IKEDA LE-4321 - LED/SMART/HD/HDMI</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>IKEDA</t>
+  </si>
+  <si>
+    <t>VIDEO PORTEIRO HIKVISION DS-KIS606-P</t>
+  </si>
+  <si>
+    <t>Video Porteiro</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>TERMICA NOBEL NH-30280 - 1L</t>
+  </si>
+  <si>
+    <t>NOBEL HOME</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER BRITANIA BAF16A - 16L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>ASPIRADOR PORTATIL BRITANIA BASE01 - 60W - 600ML - BIVOLT</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO M8 5G - 512GB/12 RAM - PRETO</t>
   </si>
   <si>
     <t>Celulares Xiaomi</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>BATEDEIRA BRITANIA PLANET BBP760P - PRETO - 220V</t>
-[...62 lines deleted...]
-    <t>Fones P/Pc</t>
+    <t>CELULAR XIAOMI POCO M8 5G - 256GB/8 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY6215B - BLT/IPX6/80W</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY5215B - BLT/IPX5/70W</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV - 14"/37" - FIXO - SATE A-RM14371</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>SATE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4a07c227e37bac809b90ee77ce424c6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a080cec829411a742402758e631858a9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c61abd7014d6a79dd00ed627304e2c0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc1e00ba44d315771cabb5647b782bc6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/632c2625beb2785dbcc4509ec3d6c03e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/147fc148152f4503eb04bbbd766d940a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a007c61ffc4c744d055ea4e1c246f5af.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4662d140b53ac080a077cde204405b0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1d023d9acdf0890fcb5264c90cfd8bc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea94b05344dde25a2509c3b13c765d0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ac7d91032c03a4338ab77dc9e4d49bb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a682dce7e9e0f3497f74844e4b20a7c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0843be88c197247194a2d545a595d9f9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/128b3a5e52b92334d89edf3729529865.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4390dc5d4e7c2e8f8e3db04067f4e723.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddf1ee0f77361f7dcbf298d28503d03f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caaabe2eebece27e017b75b882316174.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bc226baba8b8e7a481dc112931624f0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e5ec1b85506541a280b960eeedc8004.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99e2af4d26cd5d795885e0430bc66d60.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebda1d5d54869f357968f3efd3a4c688.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38ed2993c045949eb01073139ad2406b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989bafa6ca8c2defef6c1fa18123fab3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26884d557e900d424ae4f12bf4c53990.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/104acf2d4d2a76df46e3bc2d0e3db30c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5b722fa9f306138d7c8a4a40cf6f1f7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/937ee259085bc48ac8fd4fb399b1584d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fa6634ecc1eb99b29720460f5f4a524.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cab5ffb91c4386fdfa5837c9909d36a5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9642ebd636f73de295767c938e2d8074.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12ae488276d4b7d3f704e6b54d35faa.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b71c005735a4e23ba20fd11bb14a1a57.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d2832c1cb57e343f82d567174e251f9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c62b1cb276a68a64c768c935c4bbbedc.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ab4edfb8ba405430cf2d90e0e2fe527.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6271cb0e6f80c4b3a9fcbc380d812339.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e55cb83f51c48a2bdeff010b0809082.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb6e55272866af4e37d25244bb43e27a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc0c7e2dd61082bee1e6c9f12ac0d13d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb7bebdf0be9a23c25de56248f690eb1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>580007</v>
+        <v>585910</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>54.5</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>579995</v>
+        <v>585903</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>80.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>579988</v>
+        <v>585897</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>80.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>579971</v>
+        <v>585880</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>80.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>579964</v>
+        <v>585873</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
         <v>15</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>19.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>579933</v>
+        <v>585866</v>
       </c>
       <c r="C7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>19</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>95.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>579889</v>
+        <v>585859</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>15.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>579865</v>
+        <v>585842</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F9" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>579858</v>
+        <v>585835</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>42.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>579841</v>
+        <v>585828</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>95.0</v>
+        <v>167.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>579810</v>
+        <v>585804</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>59.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>579803</v>
+        <v>585774</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>20.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>579780</v>
+        <v>585767</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>127.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>579773</v>
+        <v>585743</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>102.0</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>579766</v>
+        <v>585729</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>4.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>579759</v>
+        <v>585712</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
         <v>41</v>
       </c>
       <c r="E17" t="s">
         <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>2.0</v>
+        <v>247.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>579742</v>
+        <v>585705</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>28.0</v>
+        <v>209.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>579735</v>
+        <v>585699</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>109.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>579728</v>
+        <v>585682</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>24.9</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>579711</v>
+        <v>585675</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>