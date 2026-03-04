--- v0 (2025-12-21)
+++ v1 (2026-03-04)
@@ -14,203 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 05:16</t>
-[...14 lines deleted...]
-    <t>Med.Pressao de Pulso</t>
+    <t>Lista gerada no: 04/03/2026 13:18</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO M7 PRO 5G / 256GB / 8 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR WADFOW WUY1503 - UNIVERSAL - MESA</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>BANQUETA ESTOFADA LEVEL LVS-007 - PRETO</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>LEVEL</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA CONTINENTAL - 2L - INOX - 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>CONTINENTAL</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA CONTINENTAL - 2L - INOX - 110V</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR RAF R.1275G - CER�MICA - 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>CANETA OPTICA LUO - PRETO</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>MODELADOR DE CACHOS ECOPOWER EP-3572 - BIVOLT</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO CAR ECOPOWER EP-639 BLT / USB / SD / FM</t>
-[...38 lines deleted...]
-    <t>Copos</t>
+    <t>SECADOR DE AR ECOPOWER EP-3535 - 2500W - BIVOLT</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>BATERIA LR44 WADFOW WJX2K44 - 5 PCS</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>CELULAR HONOR X6B 5G / 256GB / 4 RAM / VERDE</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>HONOR</t>
+  </si>
+  <si>
+    <t>CAMERA IP SMART BOCAL S-E27 / ICSEE / BRANCO</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>TOSTADOR DE P�O ROYALFORD QLT-298A - 220V</t>
-[...65 lines deleted...]
-    <t>MEL PURO DE 1.1KG</t>
+    <t>TV SMART LED 32'' MTEK MY32FSPH / BLT / AND / WIFI</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR DE CITRICOS RAF R.613R - 220V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR RAF R.2828 - 1800W - 2L - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MICROFONE PARA CELULAR PROFISSIONAL ECOPOWER EP-M092 - DIGITAL</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>BALAN�A BAGAGEM ECOPOWER EP-B103 - 50KG/10G</t>
+  </si>
+  <si>
+    <t>Balan�as de Bagagem</t>
+  </si>
+  <si>
+    <t>BALAN�A DE PRECIS�O ECOPOWER EP-B101 - 500G</t>
+  </si>
+  <si>
+    <t>Balan�as de Precis�o</t>
+  </si>
+  <si>
+    <t>BALAN�A DE COZINHA ECOPOWER EP-B102 - DIGITAL - 5KG</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>CANETA LASER 1 PONTA - TITAN TL-1010</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5f8183c64a231d8713472e94e37e375.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32e6afbb2ee9673cc4f0545fe85d56d6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/557b631b2e34ba8722593f68d604f090.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbecbc5a28a50783f6a8eb0b836ad75b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8a2ca9636f5e109083ac69c8ebf8a73.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f3d68f186cdc939a22914b3bd2ae398.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15da0e5bccdf099fc2099cf565c80b03.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fcf83bc021533b3be23647a6bf8322c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99946f6eef2adb6f1c086c000ebe95ed.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b36be3228f75b256aeec3313a4a35e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc335d578dc6bbe229c33e41accec16.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fad41dca67bdfc1ea9b92f575ada0cb0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12a3c5d1ace88cf0b4ed8edd039bee57.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9441edf05eda3971ed132786f8b4e5bd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c6984fcd95529616190b1b17bea4a6b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34bdb1cf780a820055621bff88fffe43.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5ea0baab61b3d34a7af8f31f3c7ca22.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c045456cfdf6520d6732919fa203d8c0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc7c3052185df0ef08771fc61e9b7c50.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcef884e9119d364b2b3f9f78e6431b0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2f952e25c164dda6c9a7f474bc8c1b2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47ca7aa9846e5542e4ed5c14b246d710.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37966c66273a6c8a344714b2ea540e1a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca2f1325e51d1f1402c28a0dada3ef87.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa5884f0684f95eaf825c636ad560e9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cf9d709b4204348070e482b194c60ad.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba6ef05dcd94aa1d389251898c92c0ae.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7529e371901018bf846d2396edb2611.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a199527fbb29e985c5fe1e2dfff73bbb.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c7ff8dd09ff1a64729d9ffd5517756d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8d05b24fa8f2e41cc979f9cef30671.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/266fb5f79169db872c75c0a02eb30343.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0c1830a85ac520ab8fa92c416dc5ea2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5a40a0dc7b33b69e2cdd1c3018514f7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9910742febc307ebfe53702c2b2ebfe4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51c4ecadbf879757e0486d4bde7d3bcb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc32f227c4d4799e843a15cab6d6871f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99d019da47f2d4c34eb2501e6a2bf1ff.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02d646dd6f597f6854ab58100b4152b1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f1dec76dced2c2671166b66eea84649.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>566247</v>
+        <v>570176</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.0</v>
+        <v>213.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>566216</v>
+        <v>570138</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>10.0</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>566193</v>
+        <v>570114</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>10.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>566179</v>
+        <v>570107</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>10.0</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>566162</v>
+        <v>570091</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>2.8</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>566124</v>
+        <v>570084</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>9.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>566117</v>
+        <v>570022</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>566100</v>
+        <v>570015</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>16.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>566094</v>
+        <v>569958</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>566070</v>
+        <v>569934</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>14.0</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>566056</v>
+        <v>569927</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>57.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>566001</v>
+        <v>569866</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>16.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>565981</v>
+        <v>569811</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>7.5</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>565950</v>
+        <v>569804</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="F15" s="3">
-        <v>45.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>565943</v>
+        <v>569798</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="F16" s="3">
-        <v>42.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>565936</v>
+        <v>569750</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="F17" s="3">
-        <v>55.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>565912</v>
+        <v>569743</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="F18" s="3">
-        <v>27.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>565905</v>
+        <v>569736</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>27</v>
       </c>
       <c r="F19" s="3">
-        <v>38.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>565899</v>
+        <v>569729</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="F20" s="3">
-        <v>499.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>565868</v>
+        <v>569712</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E21" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F21" s="3">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>