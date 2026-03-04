--- v0 (2026-03-04)
+++ v1 (2026-03-04)
@@ -14,88 +14,94 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 04/03/2026 12:03</t>
+    <t>Lista gerada no: 04/03/2026 13:21</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LABUBU MA-13 / BLT / PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
   </si>
   <si>
     <t>GARRAFA TERMICA 1.3L + CUIA + BOMBA - VACUUM BOTTLE 1012</t>
   </si>
   <si>
     <t>Termica</t>
   </si>
   <si>
     <t>VACUUM</t>
   </si>
   <si>
     <t>FONE DE OUVIDO MOX MO-1 / BLT / VERDE</t>
   </si>
   <si>
-    <t>Fone sem fio</t>
-[...1 lines deleted...]
-  <si>
     <t>MOX</t>
   </si>
   <si>
     <t>PASSADEIRA NO CABIDE TUCANO TC-270 - 220V</t>
   </si>
   <si>
     <t>Ferros</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
     <t>PASSADEIRA NO CABIDE TUCANO TC-270 - 110V</t>
   </si>
   <si>
     <t>MASSAGEADOR PISTOLA LUO LU-4988</t>
   </si>
   <si>
     <t>Massageadores</t>
   </si>
   <si>
     <t>LUO</t>
   </si>
   <si>
     <t>ASPIRADOR DE P� PARA UNHA PROSPER M101 - BIVOLT</t>
@@ -154,69 +160,57 @@
   <si>
     <t>CHAVE DE IMPACTO INGCO CIWLI20236 - 220V</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
     <t>INGCO</t>
   </si>
   <si>
     <t>CELULAR XIAOMI REDMI NOTE 14S / 256GB / 8 RAM / PRETO</t>
   </si>
   <si>
     <t>Celulares Xiaomi</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
     <t>ASPIRADOR ROBOT SWEEPING XM900</t>
   </si>
   <si>
     <t>Aspiradores</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...1 lines deleted...]
-  <si>
     <t>JARRA ELETRICA XIAOMI BHR9036US - 220V</t>
   </si>
   <si>
     <t>Jarras Eletricas</t>
   </si>
   <si>
     <t>CELULAR XIAOMI POCO M7 PRO 5G / 256GB / 8 RAM / PRETO</t>
-  </si>
-[...7 lines deleted...]
-    <t>WADFOW</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15252fe8546b4a80943dfe4d2fa9961e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93c47838cd16083058919dc6e951e608.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1a3afab0e461550415c611e7ec78b60.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93ce4b9e179659f43baed0c876ca494.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99a0c8de4d392e2cff3a22eb2c86abba.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e015a7bbf459e4487147887fac315bb.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/975aee697fc892103c802415a7105029.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d54cfa69f9c555d4628e355f3ab2fe51.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20666360b3d64e1873dd75e55985c55e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24bf1c6eec08f73cf5c6374a3059dbdd.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdc06b50c988044567b7386bc0b13615.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00437f6f213396e9cada6e9548f1b958.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a8d8209bda6020eba0780aac6ae572b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf72fa469ea301c90de152685a83ab72.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61b2fc53c910774a1197e88cfb53e4e0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11fa1166561981c9d1cf97d7ca14b817.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64ec6017e792a5f2c9f7997f5593139b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b208a224becd2ab0f479031475de908.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cbc9643d1964c905e95e5c368b7324a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc5ad046df02024d7a088a0492e726bc.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe7b9b96c4c4f1f234d6ac5a0fa67aee.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2a1e8ce0aa53644f2adf2ff6445cd03.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65da34913be696959d0958fb485f9db4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/389b7259d764b23b6d42bd16cc8e661a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7df807f468e8dcac292e3bfaaabe754.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93bbb6697628b313c4f99d7a9c7f2ea2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6e9b82162cc7ceedafb8a30fc96f81e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf2f8a92706f9b193662452f2e754056.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09f3afc09ccf6bd7db386154e47e4c31.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e71b19a82209b5f19b4a6435c1a21ab3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c95efa7f4d206dd52636c512c0da678b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/109cc571ba313300109388382c4818b0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6539adf28be4a9a9cf79aad8f92ade5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf10a12e6e759466b328ef81993f838e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fdc94fec8bb0bf7771b40a41c7bc271.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3ec78b52a3ea9b831dd5ee62a29f25d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f61cf735c8ff38d3341df1671147f889.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d099ccd9fb27bbe8e07bef0d6aac809.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bae435659f0fe66cd45fa50657f320c8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ba4bd8c80624cb1ca9955c2188e6f6d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1181,386 +1175,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>570503</v>
+        <v>570527</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>570497</v>
+        <v>570503</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>12.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>570473</v>
+        <v>570497</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>22.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>570466</v>
+        <v>570473</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
         <v>22.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>570459</v>
+        <v>570466</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>10.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>570411</v>
+        <v>570459</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>21</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>22.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>570398</v>
+        <v>570411</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>25.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>570381</v>
+        <v>570398</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>24.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>570374</v>
+        <v>570381</v>
       </c>
       <c r="C10" t="s">
         <v>26</v>
       </c>
       <c r="D10" t="s">
         <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>75.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>570367</v>
+        <v>570374</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>30</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>29.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>570350</v>
+        <v>570367</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
-        <v>19.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>570343</v>
+        <v>570350</v>
       </c>
       <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
         <v>32</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F13" s="3">
-        <v>32.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>570336</v>
+        <v>570343</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F14" s="3">
         <v>32.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>570329</v>
+        <v>570336</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
         <v>35</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="F15" s="3">
-        <v>575.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>570268</v>
+        <v>570329</v>
       </c>
       <c r="C16" t="s">
+        <v>37</v>
+      </c>
+      <c r="D16" t="s">
         <v>38</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>39</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>93.0</v>
+        <v>575.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>570220</v>
+        <v>570268</v>
       </c>
       <c r="C17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" t="s">
         <v>41</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>42</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>186.0</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>570206</v>
+        <v>570220</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
         <v>44</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>45</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>14.0</v>
+        <v>186.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>570190</v>
+        <v>570206</v>
       </c>
       <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
         <v>47</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>20.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>570176</v>
+        <v>570190</v>
       </c>
       <c r="C20" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" t="s">
         <v>49</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>213.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>570138</v>
+        <v>570176</v>
       </c>
       <c r="C21" t="s">
         <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="F21" s="3">
-        <v>2.75</v>
+        <v>213.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>