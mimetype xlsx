--- v0 (2025-12-21)
+++ v1 (2026-03-04)
@@ -34,177 +34,177 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 03:28</t>
-[...5 lines deleted...]
-    <t>Aspiradores</t>
+    <t>Lista gerada no: 04/03/2026 11:36</t>
+  </si>
+  <si>
+    <t>SECADOR COMPACTO MEGASTAR SC-224 - 2000W - 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CABO RCA SILICONADO STORM - 1M</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>STORM</t>
+  </si>
+  <si>
+    <t>BOROSCOPIO ARTICULADO SATE A-GL931 - 1M</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>COPO TERMICO BRILHANTE COLOR - 1200ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>ESPELHO PARA MAQUIAGEM COM LED SATE A-M132</t>
-[...47 lines deleted...]
-    <t>Utens�lios dom�sticos</t>
+    <t>CELULAR XIAOMI REDMI 15 / 128GB / 6 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>MICROSYSTEM ECOPOWER EP-M702 MP3 / USB / CD / BIVOLT</t>
+  </si>
+  <si>
+    <t>Microsystem</t>
+  </si>
+  <si>
+    <t>PACOTE</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F315  REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F308 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F305 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F304 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F302 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F301 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F313 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>MIXER 4 EM 1 RAF R.3005 - 1600W - INOX - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>BIKE INFANTIL ARO 16'' 16245G - CINZA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
   </si>
   <si>
     <t>SUNLIGHT</t>
   </si>
   <si>
-    <t>ANDROID BOX TV STICK TVR3 - 4K - 2GB/16GB</t>
-[...59 lines deleted...]
-    <t>Jarras Eletricas</t>
+    <t>RADIO CAR MEGASTAR CDV910 / 9" 2D / M-LINK / BLT</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>RADIO CAR MEGASTAR CDV740 / 7" 2D / M-LINK / BLT</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO G-TIDE OWS 8 BLUETOOTH / BEIGE</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART WATCH 10 PRO MAX</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LABUBU MA-13 / BLT / PRETO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/846cea140b0174372802bebde8bbe1ac.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59cd53296ab356ff76d00d182c197be3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/581a2094291fdf26b72ddd9575e77a7c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d59ad8ad1a3e84d98c2c9db48a2b979.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b14f3df38d6e0c2950d2da373ba65525.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d0e5d80dd2563fbf48c34626aa24571.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7ae18cd82273043c05677b37889ab28.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb860f629442a2290d8875906195ea6b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8279dc41914d20aaf3696f32e53aa35c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8528d6ba4b0ea44843922a47e791b586.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3d460ac9fc7269b2e409d5947fd2604.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b55ed7c8f648d11d319f8b00b5f75cf.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ff7b24328c748ffc3d020d32feb20e5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3a74271d66c62d837d73606dd24ff1c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d77fe296d134d42e904e2b8ceba3149.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2c9659ed4daec3d9388b2f515625f33.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/430dbf8b36681276919b927a7120a7a8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19cc1212bec8cd79ccc51c1c539be9d0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af2bbf5345678f09191bd2f22efdddc6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e945bff34151bb5c359d1bd439abb78c.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e00ba4f3b5c4700d9cdb79b29bfef39.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05a3f8aafcbfd888f93f4ce48ad092cf.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e723efa78bef81ead6ef0f3009fe5e5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc9b07f830773c5358ae0fe5ae6620fe.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98e688f1618e8e553b45cc8a46668826.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/673f12aa26b92ed423ac38671d751a6a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9954a8f08ef8e972862714869b9bf913.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dbac80b081122729caf7ed27fd85e8c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1fc03489a920631ae5053ce9d67c290.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c39bed385b9dfbd6edcebd10765afe2e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01c9b90b0e4f3352a2a381b802e0d175.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15dc7543ec4ebdbd6940daff54a32d49.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c8246a50e8d107e503a8515ce0228dd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50b23ec26ea3eeb1032a3ecee158329c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43fd2c35f93b3f6851bc707271a99cdf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f43141d2321b6d26e6932219ba86c889.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdb2c414733a323a0ed4704ce8daf3d6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebfad21c98b488e859861a2668499822.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/571cacd06298af895d11fc78d92c4ea6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1b07f72263b3e5d574fc634a4922e04.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>567046</v>
+        <v>571012</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>6.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>567039</v>
+        <v>571005</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.5</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>567022</v>
+        <v>570992</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>5.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>567015</v>
+        <v>570916</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>567008</v>
+        <v>570886</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>95.0</v>
+        <v>122.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>566964</v>
+        <v>570763</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>17.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>566957</v>
+        <v>570756</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>17.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>566940</v>
+        <v>570749</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>69.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>566933</v>
+        <v>570732</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>566919</v>
+        <v>570725</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>18.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>566902</v>
+        <v>570718</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>50.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>566858</v>
+        <v>570701</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F13" s="3">
-        <v>4.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>566841</v>
+        <v>570695</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F14" s="3">
-        <v>8.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>566810</v>
+        <v>570688</v>
       </c>
       <c r="C15" t="s">
+        <v>34</v>
+      </c>
+      <c r="D15" t="s">
         <v>35</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="F15" s="3">
         <v>16.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>566803</v>
+        <v>570671</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>32.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>566797</v>
+        <v>570664</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>27.5</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>566780</v>
+        <v>570657</v>
       </c>
       <c r="C18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="E18" t="s">
         <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>15.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>566742</v>
+        <v>570589</v>
       </c>
       <c r="C19" t="s">
         <v>43</v>
       </c>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>39.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>566735</v>
+        <v>570558</v>
       </c>
       <c r="C20" t="s">
         <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>14.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>566711</v>
+        <v>570527</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>21.0</v>
+        <v>8.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>