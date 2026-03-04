--- v0 (2025-12-21)
+++ v1 (2026-03-04)
@@ -14,200 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 02:40</t>
-[...29 lines deleted...]
-    <t>Escovas Alisadoras</t>
+    <t>Lista gerada no: 04/03/2026 10:20</t>
+  </si>
+  <si>
+    <t>VARAL DE LUZES 15 BOCALES E27 - 10M</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM MALETA DIGITRON - 12 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>MIXER RAF R.255B - 300W - PRETO - 220V</t>
-[...2 lines deleted...]
-    <t>Liquidificadores / Mixer</t>
+    <t>FOGAO A GAS RAF R.8035B - 03 BOCAS</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>MAQUINA 2 EM 1 DALING DL-1336 - 17471 - BIVOLT</t>
-[...71 lines deleted...]
-    <t>BONECO PELUCIA LABUBU QUE RESPIRA - A PILHA AAA 3</t>
+    <t>ANDROID TV BOX MXQ PRO 5G - 8K - 512GB - 128GB</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>MXQ</t>
+  </si>
+  <si>
+    <t>COPO TERMICO COFFE THE BEST - 380ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV XH1222 12" / REC / USB / TF / CONT / BLT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>KOLAV</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV XH1202 12" / REC / USB / TF / CONT / BLT</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T6813 / VERDE / ELETRICO</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T6845 / ROSA / ELETRICO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T6851 / VERDE / ELETRICO</t>
+  </si>
+  <si>
+    <t>MODELADOR DE CACHOS PROSPER P-1120 - 25MM</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX M BOX S - 4K ULTRA HD - 512GB - 128GB</t>
+  </si>
+  <si>
+    <t>CH� INFUS�O CANNAFUSION CANNARGY - 10 SACHES</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>KOBA</t>
+  </si>
+  <si>
+    <t>PROJETOR PEINING HY300 ULTRA HD - MAGISTV - WIFI</t>
+  </si>
+  <si>
+    <t>Projetor / Tela</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS MASSIMILIANO ML-6006 - 7 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>SPINNER VOADOR PTW CY-168</t>
   </si>
   <si>
     <t>Infantil</t>
   </si>
   <si>
-    <t>SPEAKER RS-2301 BT / USB / TF / FM</t>
-[...5 lines deleted...]
-    <t>ESCOVA ALISADORA VIVO STAR VS-002 - BIVOLT</t>
+    <t>TOSTADOR SONIFER SF-6007 - 2 PAES - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>GRILL SONIFER SF-6132 - 2 EM 1 - 1500W - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>FRITADEIRA SONIFER SF-1003 - 3L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>SECADOR PARA VIAGEM MEGA STAR SC-320P - 1400W - 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc37cbc5afecc9d9cdc1cff06496e4ae.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692ce4b4395876dcbeb7e82b4e69d34b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db8605441683956e0c806d23c7c39c4f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f56d20d21bd455230a2ccf5a3210688.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24c5c7ac4eafe75784af56483b9cd7d0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ec45c981b070bb747abddc8e62233d3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2718b7f3427da1f1667fa6cfd1f0fbf1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fadcf920828f8ae0202edd9a5114e9ef.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaacd417e64ce66255fffced6ff70f7e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4435d3b9d64c92e218bbe91d05d72f82.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32f4d2aacea37c5c648abb25d28ce035.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afc5baa140c6677cb3da4fe35f4c256a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3cd93fea75d255f123c9596ca652800.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebe0722733bfa7db7c72c199faf83260.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce2b3235ba58350947d9e90874b95733.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8117f9b99a1718396e8eb0fcf9b2299f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68bb209ab27b4d88f0fb70f6be9e9f98.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfb848a8360a814d2d2336c7d9790ed4.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c2cee56f617f20684d4b5f0a20529a6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79b0a694a8bc907066de1b92dc31421f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55729373e8a73b8d89179fbd604e32a8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b3d0a5a71e606d17cde5b2e3adddcf9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d156df5e930858ac706a12e109877671.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14060ae4bcf672d76ec3619ef843fcaf.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47083727634cbd70968387a19d5b022a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/045dea95f17e0544216dec14893b339d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9975d89aedbde52cfc345940f6d7ce6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e72dc6788921bb12da12d3cbc5896206.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57213ee204d307d813892f0e89fa0765.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a8605ef017f4bcbbbafdf5d83511fe1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7c4be2a3b9ec3f73ceea3a4d83a249d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b169cbf2c54d8882e91a7cf7899080e7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54a6abe6c46cb86873262439d97cb4bc.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85958cc61aef279cca99eb379f8fef98.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b9bbefd213036f3a4e4f44354fda743.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/276b60c771d6c0d8e7306f18a92a544f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15030a1335f3f7064a43ec8fdf30115e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d522221c8f2d5b16dd96f88f641b8c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8cb95ce104ee0de7ad672589feb54530.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dcffe502669e9496d650cd07a08862e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>567435</v>
+        <v>571494</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>11.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>567411</v>
+        <v>571470</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>7.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>567404</v>
+        <v>571432</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>11.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>567367</v>
+        <v>571418</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>35.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>567312</v>
+        <v>571395</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>4.0</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>567275</v>
+        <v>571388</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>7.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>567251</v>
+        <v>571371</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>5.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>567237</v>
+        <v>571333</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>15.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>567220</v>
+        <v>571326</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>65.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>567213</v>
+        <v>571319</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
         <v>26</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>27</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>5.75</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>567190</v>
+        <v>571227</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>567183</v>
+        <v>571210</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>9.95</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>567169</v>
+        <v>571180</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>28.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>567152</v>
+        <v>571173</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="F15" s="3">
-        <v>28.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>567138</v>
+        <v>571159</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>3.6</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>567114</v>
+        <v>571128</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="F17" s="3">
-        <v>25.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>567107</v>
+        <v>571098</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18" t="s">
         <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>1.8</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>567091</v>
+        <v>571081</v>
       </c>
       <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
+        <v>47</v>
+      </c>
+      <c r="E19" t="s">
         <v>45</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>11.0</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>567084</v>
+        <v>571067</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>5.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>567053</v>
+        <v>571036</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="F21" s="3">
-        <v>16.0</v>
+        <v>10.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>