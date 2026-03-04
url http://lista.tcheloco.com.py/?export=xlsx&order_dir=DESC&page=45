--- v0 (2025-12-21)
+++ v1 (2026-03-04)
@@ -14,200 +14,218 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 21/12/2025 01:30</t>
-[...32 lines deleted...]
-    <t>Aquecedores</t>
+    <t>Lista gerada no: 04/03/2026 10:00</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA SATE A-EL8860 - 60 LED</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA SATE A-EL8830 - 30 LED</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA SATE A-EL8831 - 21 LED</t>
+  </si>
+  <si>
+    <t>KIT DE FACAS EVRYELTH SG-9200 - 6 PCS</t>
+  </si>
+  <si>
+    <t>Talheres</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2382 / USB / TF / BLT / FM</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>MINI BARBEADOR HYUNDAI PHT-045 / REC / 3 LAMINAS</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>ASPIRADOR WESTINGHOUSE CYCLONE - 220V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>WESTINGHOUSE</t>
+  </si>
+  <si>
+    <t>ASPIRADOR WESTINGHOUSE CYCLONE - 110V</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR V-987 BARBA/CABELO</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>ACESSORIO PLACA CONTROLADORA PARA MOTO FOSTON X13</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>CAFETEIRA BRITANIA CP32 / 30 CAFES / PRETO / 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>WAFFLERA BRITANIA GOLDEN WAFFLE - 110V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO XIAOMI REDMI BUDS 6 ACTIVE - ROSA</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO XIAOMI REDMI BUDS 6 ACTIVE - AZUL</t>
+  </si>
+  <si>
+    <t>CH� INFUS�O CANNAFUSION CANNAFEM - 10 SACHES</t>
+  </si>
+  <si>
+    <t>Saude</t>
+  </si>
+  <si>
+    <t>KOBA</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 256GB / 8 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>PATINETE INFANTIL GRANDE - 16307</t>
+  </si>
+  <si>
+    <t>Infantil</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>LIQUIDIFICADOR LUMABELLA B-1001 - 2L - 220V</t>
-[...89 lines deleted...]
-    <t>FOSTON</t>
+    <t>LIXADEIRA A BATERIA  TOTAL TFSLI20311 REC / 220V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>KIT DE MANICURE OM-18883</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>VARAL DE LUZES 15 BOCALES E27 - 10M</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/591467c8fa4fd84d06dd0e58916445b7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25953a16c1b8c46a2413b2482b3edd51.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03ad24bbef5997b8ca2552998cf4c31c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3581bdd2d6296066b97db8792e1bd75.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90ee50b75f14e891133b89b860e10066.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da297f883ef2ba651a2e7b99c6e2e247.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11d696eb9be5c780a53b402f9b574a8d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/743255a0fcd7ceaa9135677e54d70735.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/420db8ec39d9c718115a7e2bba21d176.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a790a189da7e6c38df48a6480341516a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a9d776fd2491517894a4c9fc7026389.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fc04e89089eff88101c893ffe30bb78.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e3e37bfa093b267d327852762720038.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24708f7d9b5915b464bfb05133a7b60b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d329903d662260bae31ea605182d4e4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/589f5d095e75786fd32a80276ece9f48.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bacce3b3251c18b79f25d2744197ab1c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1fb25a52612be2cb0949560dc17c7f2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40294fe67b28202a234bac3b1fa35028.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c20ea683e9c86ad4da16dbcec10a266f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ff33d5d65bdb330e25d35d4e5eba086.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474827c5166c42349cacd1165e32f84b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eeddb557458ac17ce0bfcdc4a060e9f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0bc593314b48cc7824991a1892a6970.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17a87861f19a5717b1276fcd82e81001.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6f68f95f9dae2bab04ce18e820220d1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dd3991276afe47ece176b8b08872927.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9d88ea0346ee780e0f2236b263f386d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c4a992acdf16cdd92862b09367254d6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a883a42ad8d3f2b9d9e340508429ea09.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b026d087229a47f707f3a10f55fcad66.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae8c7a7be647dca77ad7231f364e3367.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93fd98f4cb578a68314d531b874b6840.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11dea5c4a4e59e572ecc1dd65f3747a2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fe1e146c742d3941c6fe9bc2bf5327d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef679dedd76e33d7bacc6e0a63c89cd8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93ea6624bcaf9f38daefd690ee6a5e51.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b421290d746006296d096e542d6521f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d839bc55987cfc5ba8d6bde98ebe6769.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e226e9bcc4d6c28153e82a0052fcb37b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1159,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>567909</v>
+        <v>571791</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.5</v>
+        <v>7.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>567862</v>
+        <v>571784</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>5.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>567855</v>
+        <v>571777</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>567848</v>
+        <v>571746</v>
       </c>
       <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>567831</v>
+        <v>571722</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>8.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>567794</v>
+        <v>571708</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>18.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>567756</v>
+        <v>571692</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>20.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>567749</v>
+        <v>571685</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
         <v>22</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>23</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>15.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>567732</v>
+        <v>571678</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>28.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>567725</v>
+        <v>571661</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>25.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>567701</v>
+        <v>571609</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>40.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>567695</v>
+        <v>571593</v>
       </c>
       <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13" t="s">
+        <v>35</v>
+      </c>
+      <c r="E13" t="s">
         <v>33</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>37.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>567671</v>
+        <v>571586</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>59.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>567633</v>
+        <v>571579</v>
       </c>
       <c r="C15" t="s">
+        <v>39</v>
+      </c>
+      <c r="D15" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>38</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>3.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>567626</v>
+        <v>571562</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
         <v>3.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>567572</v>
+        <v>571548</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="F17" s="3">
-        <v>11.0</v>
+        <v>122.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>567565</v>
+        <v>571531</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>9.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>567527</v>
+        <v>571524</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>9.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>567480</v>
+        <v>571517</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>29</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>199.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>567466</v>
+        <v>571494</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>32.0</v>
+        <v>18.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>