--- v0 (2026-03-04)
+++ v1 (2026-03-04)
@@ -14,139 +14,118 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 04/03/2026 08:33</t>
-[...11 lines deleted...]
-    <t>CALCULADORA PORTATIL CASIO MX-12B - ROSA/AZUL</t>
+    <t>Lista gerada no: 04/03/2026 09:52</t>
   </si>
   <si>
     <t>HD SSD IMPERIUM X10 - 240GB - 2.5'' SATA SSD</t>
   </si>
   <si>
     <t>Memoria/Pendrive/HD</t>
   </si>
   <si>
     <t>IMPERIUM</t>
   </si>
   <si>
     <t>CELULAR XIAOMI REDMI 15C / 256GB / 8 RAM / AZUL</t>
   </si>
   <si>
     <t>Celulares Xiaomi</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
     <t>FRITADEIRA AIR FRYER RCA RCFR10 - 3.2L - PRETO - 110V</t>
   </si>
   <si>
     <t>Fritadeiras / Air Fryer</t>
   </si>
   <si>
     <t>RCA</t>
   </si>
   <si>
     <t>GRILL MULTIFUNCIONAL RAF R.5496 - 220V</t>
   </si>
   <si>
     <t>Grill</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
     <t>SANDUICHERA COM DESENHO RAF R.251 - PRETO - 220V</t>
   </si>
   <si>
     <t>Sanduicheiras / Tostadores</t>
   </si>
   <si>
     <t>FRITADEIRA RAF R.5224 - INOX - 5L - 220V</t>
   </si>
   <si>
-    <t>MAQUINA DE CORTAR CABELO 5 EM 1 ECOPOWER EP-2808 - RECARREGAVEL</t>
-[...7 lines deleted...]
-  <si>
     <t>KIT DEPILADOR 5 EM 1 WINNINGSTAR ST-5821</t>
   </si>
   <si>
     <t>Depiladores</t>
   </si>
   <si>
     <t>WINNINGSTAR</t>
   </si>
   <si>
     <t>PASSADEIRA A VAPOR WINNINGSTAR ST-5026 - 220V</t>
   </si>
   <si>
     <t>Ferros</t>
   </si>
   <si>
     <t>DESIDRATADOR DE ALIMENTOS WINNINGSTAR ST-9990 - 220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>BATEDEIRA WINNINGSTAR ST-5306 / 5L / 220V</t>
   </si>
   <si>
     <t>Batedeiras</t>
@@ -173,50 +152,59 @@
     <t>SPEAKER JBK JBK-4202 / FM / MIC / USB / TF / BT / 2*4"</t>
   </si>
   <si>
     <t>Speakers medios</t>
   </si>
   <si>
     <t>MICROONDAS WINNINGSTAR ST-9623 - 25L - 220V</t>
   </si>
   <si>
     <t>Microondas</t>
   </si>
   <si>
     <t>FRITADEIRA WINNINGSTAR ST-9202 / 6L+6L / 220V</t>
   </si>
   <si>
     <t>FRITADEIRA WINNINGSTAR ST-9201 / 6L / 220V</t>
   </si>
   <si>
     <t>LUMINARIA DE EMERGENCIA SATE A-EL5960 - 60 LED</t>
   </si>
   <si>
     <t>Luminarias D/Emergencia</t>
   </si>
   <si>
     <t>SATE</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA SATE A-EL5930 - 30 LED</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA SATE A-EL5961 - 41 LED</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA SATE A-EL8861 - 41 LED</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44e1538a5302e139823c151137b5db8c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b61ec2bad6f681ebc6c4c4b1bd4f323.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d86aac1e5ba1ad1f9a1db141e0fd3c41.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e5bebc68a6d1523dffb09cc4ca0bb4b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/141c9a1816fd969f3f24b321c59d4724.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb8d0f9d9aa1f8b055026d3d14bd8bff.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e6b515c6cb2243852ef6e172b39fd2c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d19a491d70b8f6815d5e485e84b173e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77ebe3b6c13e985add00dd6ba2bcf106.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e40fd07acb8ec225949db1c0fd2a95d7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/886815eea7f68648921e88807698a800.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbee2c65467ae3a2354e7ca66cd9d85e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9515eba7805735e38b8d8f786b152a9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7774e5d2a3dfa6ac68d0d80c3bf8a758.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a22c663e817335a0c9a9cf630cb81c0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/690e81e6ce4b7328dc66ff857bfb5248.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2940b3d81970b88629b91ed422733ead.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd5e8ff1643d5d6c43a079d101465eec.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4f0d6ab761f7f57e34353a3ea02e063.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e9d42055ebe5f2bfbdee5369c9def83.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e06565a51257f266e7b58df031f66123.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc7a443874d67b3101310cdc753e6783.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fff7ca30d3b20989bf092ea7a9ab72d4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/619a9845b038381e6978f94043091d94.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19497674563f126ff4bf2ebfb5452d34.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/289f20b6a10a7edb11dcd9bab4ed26f9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ba43253cd728f2ff2abcc299e3b6ae6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97178b5bba0946491baf3b1007908361.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c0bf9ea541800b8fc04d4a7ecba2050.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8920dadf6738c5776581f37c1f901255.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/645282bf4ff22dd748097c2cc71a49c2.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/845495f841bad36252e5bf196420f09c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7ed6d63baa121f4dc2f6bb4882f0bbe.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28deee51263f10dd106e0f1ad120033a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c681461bfa31a22e31d9f0d49ed5473.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35365f38af7cae9629440057a7e5c361.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e70cf2e0b8aed3b31800f35e0c13e01.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf6a6f434791cb033ac29733365a10df.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70865af8df030787ebe14262fa632c1a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acf15b646a80c892558957c1d317af63.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>572408</v>
+        <v>572378</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>6.0</v>
+        <v>41.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>572385</v>
+        <v>572262</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>6.0</v>
+        <v>122.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>572378</v>
+        <v>572255</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>41.5</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>572262</v>
+        <v>572200</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>122.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>572255</v>
+        <v>572187</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>27.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>572200</v>
+        <v>572170</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="F7" s="3">
-        <v>21.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>572187</v>
+        <v>572125</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="F8" s="3">
         <v>11.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>572170</v>
+        <v>572101</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>39.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>572156</v>
+        <v>572088</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>13.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>572125</v>
+        <v>572064</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="F11" s="3">
-        <v>11.0</v>
+        <v>69.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>572101</v>
+        <v>572033</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
         <v>32</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>33</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>16.0</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>572088</v>
+        <v>571968</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
         <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>62.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>572064</v>
+        <v>571951</v>
       </c>
       <c r="C14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" t="s">
+        <v>38</v>
+      </c>
+      <c r="E14" t="s">
         <v>36</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>69.75</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>572033</v>
+        <v>571876</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>24</v>
       </c>
       <c r="F15" s="3">
-        <v>3.25</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>571968</v>
+        <v>571852</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>14</v>
       </c>
       <c r="E16" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="F16" s="3">
-        <v>31.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>571951</v>
+        <v>571845</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>24</v>
       </c>
       <c r="F17" s="3">
-        <v>24.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>571876</v>
+        <v>571838</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>85.0</v>
+        <v>7.75</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>571852</v>
+        <v>571821</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>72.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>571845</v>
+        <v>571814</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>45.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>571838</v>
+        <v>571807</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="F21" s="3">
-        <v>7.75</v>
+        <v>7.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>