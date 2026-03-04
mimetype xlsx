--- v0 (2025-12-21)
+++ v1 (2026-03-04)
@@ -14,203 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 20/12/2025 22:06</t>
-[...2 lines deleted...]
-    <t>KIT DE PANELAS + UTENSILIOS / OFERTA / 13 PCS</t>
+    <t>Lista gerada no: 04/03/2026 08:20</t>
+  </si>
+  <si>
+    <t>WAFFLERA RAF R.2225 - 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>VAPOREIRA DE ALIMENTOS RAF R.5238 / 4L+4L+4L / 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO RAF R.5320B - 9L - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>COPO TERMICO ECOPOWER EP-G132 - 1200ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA ECOPOWER EP-G026 - 1000ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>FRIGIDEIRA PARA 4 OVOS MULTIFLON - SEM TAMPA</t>
   </si>
   <si>
     <t>Panelas e frigideiras</t>
   </si>
   <si>
-    <t>SUNLIGHT</t>
-[...73 lines deleted...]
-  <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>REFLETOR LED ECOPOWER EP-4929 - 50W</t>
+    <t>FRITADEIRA AIR FRYER MOLIMIX MAF-36 - 3.6L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MOLIMIX</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR V-285 BARBA/CABELO SUPER POWER 9000</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO NOBLEX 12000BTU / 220V / 50HZ / COM KIT / Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>NOBLEX</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4928 / 30W / BIVOLT</t>
   </si>
   <si>
     <t>Refletores Led</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...38 lines deleted...]
-    <t>Smart Watch / Fitness</t>
+    <t>JARRA ELETRICA ELECTROBRAS PRIME DIGITAL EBJE-10 - 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA ELECTROBRAS PRIME DIGITAL EBJE-10 - 220V</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F316 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F314  REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F311 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F310 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F309  REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F303 REC / USB / SD / BLT</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1982 / BLT / FM/AM</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>CARREGADOR DE BATERIA - CARRO WADFOW WBY1A201</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a84c6804942f5f8d2864aad9d18a1bb8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27cd98f96237a947974ae89d60d98f9b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9e129e6ea357e49ab4e18b42aa6b4a3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f4ddcf8b8e88ef0102db8a61b6afa22.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2feb3e3fa67ad7468eef42dcd7674ab2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08cf1bd80948349d0f0cce4cea241876.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41fa5b69793dc1c6c473cd8080a84d55.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d5c8c0ed508926c2c3403db15d4cdf9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ad8594e3c604c11cf282ef6421bd01.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f1b499ee4f0f0c675b737d63aeddd2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751c59c441a81b97193bfed8224a20f4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893602b09306c9a25b330f4a598810f8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c31b7e39239d54b760fb430872a12ad1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890911e624713c210a3cb7510ff0aeb1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c15d41d8ec8a16ed5ae0cc44e5b32878.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afab40fc7f168c965726b80f1bada1dc.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e8f7aaeaa2c8a4b1d739fb97dc204fc.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d150e636ef45ac03391d498f8f932c55.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d0956333068f39801bb27e1f5310466.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33d02e4471d92baec3faeb7e3edf7b7f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6d10accf6e306bade8e36900e7f719.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41536ff5ba0a773f802a4d7d56ea9a81.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bce4cafe34a704c744aba5082f39d97d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02100f815099d2ae6e6e2b065c28662f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39a14f00e83a752164378f93c2d82a0e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87724d1e8b667ef628db7225d5a674b1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/364d4af6b6493205aa372e3d85fac66b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c3f24efa1f6c460baedf3e5b0a9fb93.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbae073ea57d098d5f0b3293cfb85936.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0036588ae5f067f0294424ae7412c0eb.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df98533237b9db70851011c73c34b11c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d44da9c1f4d8b7c55d9ffbad996935e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/786bd29a82f2561e4258afb9cf7fa1c7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f941587fbd2c9e0d0bfa49c5cdafe1a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75fffad65e3bbf104298b8c7d684826e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3532cebddbe1f33f3ff88ee900c0dc1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bb0361b4e7131088f51f35f46937be8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bd25c62f7e230f993e9dbc9153ad912.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/493399ba6c1ef35ee5765a6dfbb523f3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92f001470eae750c71072cc245db10fa.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>568722</v>
+        <v>572781</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>16.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>568715</v>
+        <v>572774</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>15.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>568708</v>
+        <v>572767</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>4.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>568685</v>
+        <v>572729</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>9.6</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>568661</v>
+        <v>572712</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>16</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>568630</v>
+        <v>572675</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>125.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>568623</v>
+        <v>572668</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>287.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>568579</v>
+        <v>572644</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>31.0</v>
+        <v>51.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>568562</v>
+        <v>572637</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>4.0</v>
+        <v>265.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>568555</v>
+        <v>572620</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>10.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>568548</v>
+        <v>572613</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="F12" s="3">
-        <v>10.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>568531</v>
+        <v>572606</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>10.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>568494</v>
+        <v>572576</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="F14" s="3">
-        <v>1.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>568470</v>
+        <v>572569</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="F15" s="3">
-        <v>8.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>568463</v>
+        <v>572552</v>
       </c>
       <c r="C16" t="s">
+        <v>40</v>
+      </c>
+      <c r="D16" t="s">
         <v>38</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="F16" s="3">
-        <v>115.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>568456</v>
+        <v>572545</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="F17" s="3">
-        <v>97.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>568333</v>
+        <v>572538</v>
       </c>
       <c r="C18" t="s">
         <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E18" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F18" s="3">
-        <v>72.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>568302</v>
+        <v>572521</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="E19" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="F19" s="3">
-        <v>29.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>568272</v>
+        <v>572514</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="F20" s="3">
-        <v>10.6</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>568241</v>
+        <v>572446</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>68.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>