--- v0 (2025-12-21)
+++ v1 (2026-03-04)
@@ -14,191 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 20/12/2025 21:55</t>
-[...2 lines deleted...]
-    <t>CANIVETE COM TRAVA 20CM OM19046-1</t>
+    <t>Lista gerada no: 04/03/2026 06:47</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 128GB / 4 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 128GB / 4 RAM / AZUL</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1968 BLT / 1 MIC</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CABO XO XO-NB238 USB-A/LIGHTNING - 3M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>CABO XO XO-NB200 USB-A/TIPO-C - 2M</t>
+  </si>
+  <si>
+    <t>CABO XO XO-NB200 USB-A/LIGHTNING - 2M</t>
+  </si>
+  <si>
+    <t>ALISADOR RAF R.413P - HAIR STRAIGHTENER - BIVOLT</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL RAF R.6629A - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO NOBLEX 18000BTU - 220V/50HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>NOBLEX</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART WATCH S9 ULTRA - 3 PULSEIRAS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA S27-AMP / BOCAL / ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA S11 / 4MP / 2 CAM / APP ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA S21 / 3 CAMERAS / APP ICSEE</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO MIDEA 18000BTU - 220V/60HZ INVERTER - Q/F - WIFI</t>
+  </si>
+  <si>
+    <t>MIDEA</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX PEINING 8K - 128GB - 32 RAM</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>PEINING</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX PEINING 8K STICK - 128GB - 32 RAM</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA 110 4G / HMD / 2CHIP / CINZA</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>PEN DRIVE KINGSTON DTXS / 128G / USB 3.2</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>CADEADO CARTELA 32-34-50MM - 20305 - 6 PCS</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>OM</t>
-[...110 lines deleted...]
-    <t>Luminarias D/Emergencia</t>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>PEN DRIVE COM OTG TYPE-C ECOPOWER - 16GB - USB 2.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cca20715fbbd313ad1b0d038758f0fe7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a8d3a06fced708680f6826a0f706f5b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83bb79baac725e3ce3f2c4792675b9fa.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843d427096f006a8de1c036d8a558a52.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84f78ca862dcda0a3c80d386338edfe1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72ed73608f281c77b05552eefef51eec.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3863c553766c646887fea036c848369f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/259fcef014e011ae46fef9061cddffcf.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf8ed40087c02f12f577f30d29444ba9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa55663f914945a3e6678a3e0ca352d0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80a5a55e3b34cd6157e02560d46a17f4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e075b83711d20f8011a2d54e728f215f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf73d805164d55ebd018538b74133a38.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/944e0bd75d2d499e803370407fdd7860.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98e92cf2321d813a67c59406fa6f004e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e72b38cbf185ccc66f45bd5655daea7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc8c1d6d82994911fbb714bdfcefbdba.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0870bac857c864a4463b0f557e05bd33.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a3d905c5a9086423b252d2f7378ca3e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ad226a05799ec4982ba5986cf8defe6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/058e553190f0cb9fd46dde997bfbdf56.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9918de6a1d36bb5cf72308369d3c4787.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ed54ce2d0547a02dd0c9957e55fd80d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e63f01fac01224a4a692b09f5be9eff.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ad42e686f6abbc9be0f9197a45135a0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dcf946633d4a8f645e7f55e708a5af3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/179f8c671f680f65f91d508e65f7fcfc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d72ff82735b11f8be300983a4695e32.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a64a6d9e9480de827bbf6b9eed530035.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3041ee8df7d2ee84bd6d11f2f39c3517.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8688b4f03bae142faa406881db0c91b6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54f50565ddf771ade8e91cad9f5d7b06.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841335c4a66165abe05aa98357f2ffc5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9337a97f9d184c7c652e0170b3f0a17.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0c69e1e9997023853ea935a039ae54.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d485b16685608908bc51e515fc282352.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34149da6a3509523f9cf612fbd810ce3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ee7999a91edb35b059c21ee3ffb604.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9e241928cb337c5c3b5b43223d2e4e5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461335f3c5dc4565f865fc58eb7bc0e1.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>569057</v>
+        <v>573283</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>569040</v>
+        <v>573276</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>2.5</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>569002</v>
+        <v>573221</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>2.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>568999</v>
+        <v>573214</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>2.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>568975</v>
+        <v>573207</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
       <c r="E6" t="s">
         <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>1.1</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>568968</v>
+        <v>573191</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>568944</v>
+        <v>573153</v>
       </c>
       <c r="C8" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" t="s">
         <v>20</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>21</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>1.2</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>568913</v>
+        <v>573146</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
         <v>23</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F9" s="3">
-        <v>4.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>568890</v>
+        <v>573122</v>
       </c>
       <c r="C10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" t="s">
         <v>25</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>26</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>16.0</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>568876</v>
+        <v>573115</v>
       </c>
       <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
         <v>28</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>5.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>568869</v>
+        <v>573061</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>2.5</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>568845</v>
+        <v>573054</v>
       </c>
       <c r="C13" t="s">
+        <v>33</v>
+      </c>
+      <c r="D13" t="s">
+        <v>31</v>
+      </c>
+      <c r="E13" t="s">
         <v>32</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>2.6</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>568821</v>
+        <v>573047</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>19.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>568791</v>
+        <v>573030</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
+        <v>25</v>
+      </c>
+      <c r="E15" t="s">
         <v>36</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>47.0</v>
+        <v>500.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>568784</v>
+        <v>573009</v>
       </c>
       <c r="C16" t="s">
+        <v>37</v>
+      </c>
+      <c r="D16" t="s">
         <v>38</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>39</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>16.0</v>
+        <v>15.75</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>568777</v>
+        <v>572996</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
+        <v>38</v>
+      </c>
+      <c r="E17" t="s">
         <v>39</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>16.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>568760</v>
+        <v>572965</v>
       </c>
       <c r="C18" t="s">
+        <v>41</v>
+      </c>
+      <c r="D18" t="s">
         <v>42</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F18" s="3">
-        <v>99.5</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>568753</v>
+        <v>572910</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>51.0</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>568746</v>
+        <v>572897</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>76.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>568739</v>
+        <v>572873</v>
       </c>
       <c r="C21" t="s">
+        <v>50</v>
+      </c>
+      <c r="D21" t="s">
         <v>45</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F21" s="3">
-        <v>6.0</v>
+        <v>2.83</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>