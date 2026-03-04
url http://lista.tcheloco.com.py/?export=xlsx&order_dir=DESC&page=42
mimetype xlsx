--- v1 (2026-03-04)
+++ v2 (2026-03-04)
@@ -14,203 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 04/03/2026 06:47</t>
-[...17 lines deleted...]
-    <t>Speakers Grandes</t>
+    <t>Lista gerada no: 04/03/2026 08:19</t>
+  </si>
+  <si>
+    <t>CABO XO XO-NB200 USB-A/LIGHTNING - 2M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>ALISADOR RAF R.413P - HAIR STRAIGHTENER - BIVOLT</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL RAF R.6629A - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO NOBLEX 18000BTU - 220V/50HZ - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>NOBLEX</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART WATCH S9 ULTRA - 3 PULSEIRAS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA S27-AMP / BOCAL / ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA S11 / 4MP / 2 CAM / APP ICSEE</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA S21 / 3 CAMERAS / APP ICSEE</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO MIDEA 18000BTU - 220V/60HZ INVERTER - Q/F - WIFI</t>
+  </si>
+  <si>
+    <t>MIDEA</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX PEINING 8K - 128GB - 32 RAM</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>PEINING</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX PEINING 8K STICK - 128GB - 32 RAM</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA 110 4G / HMD / 2CHIP / CINZA</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>PEN DRIVE KINGSTON DTXS / 128G / USB 3.2</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>KINGSTON</t>
+  </si>
+  <si>
+    <t>CADEADO CARTELA 32-34-50MM - 20305 - 6 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>PEN DRIVE COM OTG TYPE-C ECOPOWER - 16GB - USB 2.0</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CABO XO XO-NB238 USB-A/LIGHTNING - 3M</t>
-[...107 lines deleted...]
-    <t>PEN DRIVE COM OTG TYPE-C ECOPOWER - 16GB - USB 2.0</t>
+    <t>SUPORTE PARA GELADEIRA/MAQUINA LAVAR - OM22247</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR CAPILAR XO-FG03</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>BARBEADOR XO-CF21 PARA CARECA - 6 LAMINAS</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>OCULOS SMART SPORT SATE A-DVR080</t>
+  </si>
+  <si>
+    <t>Acessorios Para Bike</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CARNE RAF R.3396 - 1200W - 220V</t>
+  </si>
+  <si>
+    <t>Moedores de Carnes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/058e553190f0cb9fd46dde997bfbdf56.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9918de6a1d36bb5cf72308369d3c4787.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ed54ce2d0547a02dd0c9957e55fd80d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e63f01fac01224a4a692b09f5be9eff.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ad42e686f6abbc9be0f9197a45135a0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dcf946633d4a8f645e7f55e708a5af3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/179f8c671f680f65f91d508e65f7fcfc.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d72ff82735b11f8be300983a4695e32.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a64a6d9e9480de827bbf6b9eed530035.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3041ee8df7d2ee84bd6d11f2f39c3517.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8688b4f03bae142faa406881db0c91b6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54f50565ddf771ade8e91cad9f5d7b06.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/841335c4a66165abe05aa98357f2ffc5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9337a97f9d184c7c652e0170b3f0a17.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b0c69e1e9997023853ea935a039ae54.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d485b16685608908bc51e515fc282352.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34149da6a3509523f9cf612fbd810ce3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33ee7999a91edb35b059c21ee3ffb604.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9e241928cb337c5c3b5b43223d2e4e5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461335f3c5dc4565f865fc58eb7bc0e1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8752586a48b49995016786e75c56bf04.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be54421439fdbda22c335bbad0a25738.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a0de798c52405fafe17c8786a5bfb4d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b813eb874a54d9e242c1d2b5881e803.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6914a11327099767849084eb8aaab295.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22874ab0ac9ca526f647ae7989301fac.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1c268c034eaf2f1b92b6c9fe7ae4539.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f52ca902408afd245128b963f1bfa8bc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca77172b0608f6596606185a326614ab.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad9e778f1035e9f969cdaecbab4eaf4e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66bbd23a52a8072caf2e6763bbb04eae.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f6d22a4cea03bad0d3f9bf702d5295e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1065d509356ab5979f013ed4fb205b8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d03422b39af7376d311f556903e34641.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53dfb5799d2c8746d789c86e719ab745.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68ffb9657955dfff2fde4dd2a8665437.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fc526975c07127e292af14c1e15da4d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b94e1b6143d7bc82340eaf81e5988dcc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275ed8e783521dccfea20195bd042dbe.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a34c40f8a52f0b2437458ef40db700eb.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1175,386 +1184,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>573283</v>
+        <v>573191</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>97.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>573276</v>
+        <v>573153</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>97.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>573221</v>
+        <v>573146</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>53.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>573214</v>
+        <v>573122</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>2.5</v>
+        <v>430.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>573207</v>
+        <v>573115</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>573191</v>
+        <v>573061</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>2.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>573153</v>
+        <v>573054</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>6.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>573146</v>
+        <v>573047</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>22</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>23</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>8.5</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>573122</v>
+        <v>573030</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>430.0</v>
+        <v>500.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>573115</v>
+        <v>573009</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>15.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>573061</v>
+        <v>572996</v>
       </c>
       <c r="C12" t="s">
+        <v>31</v>
+      </c>
+      <c r="D12" t="s">
+        <v>29</v>
+      </c>
+      <c r="E12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>8.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>573054</v>
+        <v>572965</v>
       </c>
       <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
         <v>33</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>22.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>573047</v>
+        <v>572910</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>27.0</v>
+        <v>7.25</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>573030</v>
+        <v>572897</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>500.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>573009</v>
+        <v>572873</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>15.75</v>
+        <v>2.83</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>572996</v>
+        <v>572842</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F17" s="3">
-        <v>18.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>572965</v>
+        <v>572828</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>28.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>572910</v>
+        <v>572811</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>7.25</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>572897</v>
+        <v>572804</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>4.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>572873</v>
+        <v>572798</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>2.83</v>
+        <v>40.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>