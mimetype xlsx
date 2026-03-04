--- v0 (2025-12-20)
+++ v1 (2026-03-04)
@@ -34,183 +34,183 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 20/12/2025 10:59</t>
-[...5 lines deleted...]
-    <t>Teclados</t>
+    <t>Lista gerada no: 04/03/2026 06:32</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYE HY FSR40BBW-L - COLUNA 16" - COM LUZ - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>SPEAKER MEGASTAR HYJ802BT 8"/ USB / BLT / 1 MIC / A BATERIA RECARREGAVEL</t>
-[...92 lines deleted...]
-    <t>Leitor de Memorias</t>
+    <t>CELULAR XIAOMI NOTE 14 / 128GB / 6 RAM / DOURADO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG A07 (A075M) / 128GB / 4 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>CELULAR REALME NOTE 70 (RMX5313) / 256GB / 4 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>REALME</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8003 - LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8159</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8160</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE ECOPOWER EP-8158</t>
+  </si>
+  <si>
+    <t>LANTERNA COM KIT DE FERRAMENTAS ECOPOWER EP-8156 - BIVOLT</t>
+  </si>
+  <si>
+    <t>LANTERNA COM KIT DE FERRAMENTAS ECOPOWER EP-8157 - BIVOLT</t>
+  </si>
+  <si>
+    <t>FRIGOBAR MITSUO 91L / 110V/60HZ / BRANCO</t>
+  </si>
+  <si>
+    <t>Frigobar</t>
+  </si>
+  <si>
+    <t>MITSUO</t>
+  </si>
+  <si>
+    <t>VENTILADOR DIGITRON 12360 - CABEZA LOCA - 10" - 110V</t>
+  </si>
+  <si>
+    <t>DIGITRON</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX LUO LU-V90 - 4K - 512GB</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
   </si>
   <si>
     <t>LUO</t>
   </si>
   <si>
-    <t>SPEAKER ONLY MOD1138 / BLUETOOTH / USB / SD / FM</t>
-[...20 lines deleted...]
-    <t>Acess. p/ Celular</t>
+    <t>KIT DE PANELAS RAF R.80001 - 5 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>PANELA ELETRICA DE ARROZ CONTINENTAL CFXB70-A - 3.2L - 110V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>CONTINENTAL</t>
+  </si>
+  <si>
+    <t>SPEAKER JBL FLIP 7 / BLUETOOTH / PRETO</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>ARVORE LED SATE A-TL4536001 / 36 LED / FLOR DE CEREJEIRA</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>ARVORE LED SATE A-TL3530001 / 30 LED / PEROLAS</t>
+  </si>
+  <si>
+    <t>ARVORE LED SATE A-TL3524001 / 24 LED / FRUTAS</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI REDMI 15C / 128GB / 4 RAM / VERDE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bcf46bb7614614ab172fb1b4ce7ed9f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e7eb15518203fff18b9ad6459d95e03.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a7486626e782873ed661498623368f3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e96f90e6a3fe775b050b80653b176d28.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9de23d55b3bd85a224974742e8f5165d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c89e00ebbb2e4dfc6493b9249aacec47.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e179935e2a2b88b8b07152ebfb39edd.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd1e77d263ac99bc930fadffc42dfd35.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9716214a77c1cfbed334401326f3ffa6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27adb7f1829abbf5cc89b0a4fe687d61.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fead6929f1fb57ff252bb8e60f9c4d7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1d24cf756d368706c2b3f278248060b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7c836e317431e31018f7164f2669f1c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1443f067fb97bcde2b6a78ca6732fad4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1ddb422365487e102e17f79c5f918cf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cad97b3f3f5b6b27cffdb69d66faf43.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a4a937af919766ee103e2c87c1b866b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d25f1891df049f7c3c55611b1301e56.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ae7ecf4de5b053be4f314206856f743.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abe4a43436860d80364a0c7a4e922cba.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab31ff7cbf29091f9fb5b09af47c1cc8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdcddc6bce2f85bd7fc219d084c8b5e3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/628e0211028664cc929c972a10da3255.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fad05978bf351d35ffd37180057b30f3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff85799620ebceb7685ca1240280ce84.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7151cebf1ad344b90201375aaa0cc723.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5134630c3027a3225803b2ccc20d9c36.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d04ff263ec016642aaf3443460fe3e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4859e279f12b777a56c32e0ef7311547.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d4c9efa7a716c8af24e544babbe7d73.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bb360e7b442805315dbd0e4d1ecbbde.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2aba1447a3c3db8fa94e5bc4c6fd9cc8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a561ab88e177b26d50f9a6b44396e1eb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ba30d4bf9a90d0085c0b703f6f453c1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e781dfba118c44259de608864d836ef.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4a7c5809f1248345a355a8390913d7b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d4f974fe451c246609f8cb3ebfb2442.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5752e3e1594a804f079b2bcf7efa234.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eba84b158c0b0d409719228b8a6650f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c5ed293d8a6b51529b6bdf61cf1bc55.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="85.979" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>569323</v>
+        <v>573641</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>569316</v>
+        <v>573610</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>48.0</v>
+        <v>131.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>569200</v>
+        <v>573603</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>10.0</v>
+        <v>111.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>569187</v>
+        <v>573580</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>625.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>569170</v>
+        <v>573559</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>490.0</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>569163</v>
+        <v>573528</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>315.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>569156</v>
+        <v>573511</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
         <v>21</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>23.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>569149</v>
+        <v>573504</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>23</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>21</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>23.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>569125</v>
+        <v>573498</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="F10" s="3">
-        <v>24.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>569118</v>
+        <v>573481</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="F11" s="3">
-        <v>21.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>569095</v>
+        <v>573467</v>
       </c>
       <c r="C12" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" t="s">
         <v>29</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>30</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>42.0</v>
+        <v>145.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>569088</v>
+        <v>573450</v>
       </c>
       <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>8</v>
+      </c>
+      <c r="E13" t="s">
         <v>32</v>
       </c>
-      <c r="D13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>9.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>569057</v>
+        <v>573436</v>
       </c>
       <c r="C14" t="s">
+        <v>33</v>
+      </c>
+      <c r="D14" t="s">
         <v>34</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>35</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>3.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>569040</v>
+        <v>573412</v>
       </c>
       <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
         <v>37</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>2.5</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>569002</v>
+        <v>573399</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>2.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>568999</v>
+        <v>573382</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>2.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>568975</v>
+        <v>573337</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>1.1</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>568968</v>
+        <v>573320</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
         <v>6.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>568944</v>
+        <v>573306</v>
       </c>
       <c r="C20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D20" t="s">
         <v>46</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>47</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>1.2</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>568913</v>
+        <v>573290</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="F21" s="3">
-        <v>4.0</v>
+        <v>97.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>