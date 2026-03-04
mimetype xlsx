--- v0 (2025-12-20)
+++ v1 (2026-03-04)
@@ -14,191 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 20/12/2025 10:36</t>
-[...32 lines deleted...]
-    <t>SECADOR DE CAL�ADO XO XO-CF35 - 220V</t>
+    <t>Lista gerada no: 04/03/2026 05:05</t>
+  </si>
+  <si>
+    <t>LANTERNA RECARREGAVEL ECOPOWER EP-8161 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>PLACA ELETRICA INFRARROJA MOX-KIC08 - 2200W - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>PLACA ELETRICA INFRARROJA MOX-KIC06 - 2200W - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER OVEN BAK BK-A010L-220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER OVEN BAK BK-A010L-127V</t>
+  </si>
+  <si>
+    <t>TECLADO/MOUSE PARA PC SEM FIO PHILIPS SPT6318 - PORTUGUES - PRETO</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC MAXELL MOWR-101 - USB OPTICAL - AZUL MARINHO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC MAXELL MOWR-101 - USB OPTICAL - VERMELHO</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC MAXELL MOWL-100 SEM FIO - VERMELHO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MAXELL BT300 - MAX PODS - BLUETOOTH - CINZA/BRANCO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO MAXELL BT300 - MAX PODS - BLUETOOTH - CINZA/PRETO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO AOC ACD1504 - BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>AOC</t>
+  </si>
+  <si>
+    <t>RASTREADOR LOCALIZADOR AIRTAG HYAT-010B1 - PARA ANDROID</t>
+  </si>
+  <si>
+    <t>Rastreadores Veicular</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MAQUINA DE DONUTS WINNINGSTAR ST-9306 - 12 UNID - 220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>SACA ROLHA ONIDA ON-027 - RECARREGAVEL - BIVOLT</t>
-[...80 lines deleted...]
-    <t>MEGASTAR</t>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS WINNINGSTAR ST-9660 - 3 BOCAS</t>
+  </si>
+  <si>
+    <t>JARRA TERMICA + CUIA BIGSTAR BSP-2001 - 2L +180ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>RECEPTOR IPTV LOTV LI3 / 8GB / 2GB / WIFI / AND</t>
+  </si>
+  <si>
+    <t>Receptor</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>RECEPTOR IPTV LOTV LI5 / 16GB / 2GB / WIFI / AND</t>
+  </si>
+  <si>
+    <t>MAQUINA NASAL BABYLISS ORIGINAL</t>
+  </si>
+  <si>
+    <t>Maq.Nasal</t>
+  </si>
+  <si>
+    <t>BABYLISS</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYE HY FSR40BBW-L - COLUNA 16" - COM LUZ - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc11842f9cf72c358d2d4ee551bc2238.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0689b7475fb86dc06808e025b2ecdd27.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4be7c79cdbe253accd25be7ed509e97.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac6034f6040c313318cda297b331a6a7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb0630abbc174a6de34c46e6b93826ad.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f409cf2e444a8e9d3a986455d0313151.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53bc23f24398f15f57180bcf26b4894a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b87d01fcca7f017080790b986ba091e0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cb472f8e583d6f000a5ced70657a63f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/000c584edd8499735837a27be0d0417c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02dc9dde2fd1f0be97fc88087c434c9d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4924abdb494971624f2a46f1211ed0ca.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e213b59b9797760160a6507ccabf4b62.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4553e7f90b2f38260edc9eefcc8f8da.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6b4129e4c130930fe65193e8839dd2b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab04e654d71eaee2490fbc20e1686e56.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61eac409448a87c9fad57f3e989f8aed.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2776c568e9a83d71f5db8e6b3b52bc1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7c9596d7a784aa5063b379674b5230b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58758b632e847d16f69862612e04a447.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88794e8c7b0c4cbe3ed1f16b52a68a9e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448ef09150b83255b05dc886aec22900.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a7a1e5a1ac9c07fb9e685c3d202a9b2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56ea283adc53cf483ee791520af2f19f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c47fa6cd4b2caf6e76b2495cda2b87d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aa98b4ec39cba1a6d962f23293462e6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a98d3d26d4a089407adf235777c7034d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c33d4a8a88b105621db62dbbda0bf1b5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cffaaabdc0f3f172f39cb65e42390ff.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7386b2f4908d661d6b04b734f2c7a05.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3577e337c881dcde4f521759a01c5b75.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51dde8746a86da04e06fd9856cb089b3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/665c0cfa35a13c3884c6a2f270276b28.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbad8e1a65e6a4555d6882392c5b5251.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/583edd5bcfd77e385cd131f1c183b212.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60430eb1062e63436bc9a12fb8aa9b43.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3028b7ee54216b364a2334c7f039c45b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a920fcf7b2d43f1d7758bfe7d5cb6c46.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40dd3436376e7b43a1c99a3564add958.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/789485390c961cce271836003697c568.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="85.979" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>569590</v>
+        <v>573931</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>33.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>569583</v>
+        <v>573924</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>19.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>569576</v>
+        <v>573917</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>569569</v>
+        <v>573894</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>25.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>569552</v>
+        <v>573887</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>25.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>569538</v>
+        <v>573863</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>34.0</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>569521</v>
+        <v>573856</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>22.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>569514</v>
+        <v>573849</v>
       </c>
       <c r="C9" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>23.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>569507</v>
+        <v>573832</v>
       </c>
       <c r="C10" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>569491</v>
+        <v>573825</v>
       </c>
       <c r="C11" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
+        <v>27</v>
+      </c>
+      <c r="E11" t="s">
         <v>23</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>569484</v>
+        <v>573818</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F12" s="3">
-        <v>139.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>569477</v>
+        <v>573801</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
         <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>20.0</v>
+        <v>10.25</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>569460</v>
+        <v>573764</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>13.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>569422</v>
+        <v>573719</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>30.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>569415</v>
+        <v>573696</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
         <v>36</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>19.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>569408</v>
+        <v>573689</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>19.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>569385</v>
+        <v>573672</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F18" s="3">
-        <v>12.5</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>569361</v>
+        <v>573665</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>17.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>569323</v>
+        <v>573658</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>29</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F20" s="3">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>569316</v>
+        <v>573641</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="F21" s="3">
-        <v>48.0</v>
+        <v>18.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>