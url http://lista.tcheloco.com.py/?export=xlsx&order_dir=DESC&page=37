--- v0 (2025-12-20)
+++ v1 (2026-03-04)
@@ -14,191 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 20/12/2025 07:42</t>
-[...5 lines deleted...]
-    <t>Radios</t>
+    <t>Lista gerada no: 04/03/2026 03:06</t>
+  </si>
+  <si>
+    <t>MARMITA ELETRICA 1.5L - 40W - 220V</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO GREE  9000BTU - 220V/50HZ - INVERTER</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>GREE</t>
+  </si>
+  <si>
+    <t>TABLET IPRO 7" TURBO V / 32GB / KIDS / LARANJA</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>BALAN�A ANALOGICA DE COZINHA OM-7599 - 5KG</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>MEGA GRILL ELECTROBRAS EBGR-50 - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>MONITOR XIAOMI A22I / 21.5" / FHD / VGA / HDMI</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>BALAN�A DE BANHO XIAOMI S200 BHR9230GL - BRANCO</t>
+  </si>
+  <si>
+    <t>Balan�as de Banho</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO MULTILASER EB056EUR - 220V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MULTILASER</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR MULTILASER EB024EUR - 3 EM 1</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA ECOPOWER EP-8520 - 96 LEDS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO CAR MEGASTAR CDX-259BT / USB / SD / BLT</t>
-[...62 lines deleted...]
-    <t>PASSADEIRA NO CABIDE TUCANO TC-270 - 220V</t>
+    <t>LUMINARIA DE EMERGENCIA ECOPOWER EP-8520 - 46 LEDS - BIVOLT</t>
+  </si>
+  <si>
+    <t>GRILL RAF R.5425 CHEESE GRILL MACH - 220V</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>SORVETEIRA RAF R.0901Y - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>SORVETEIRA RAF R.0901R - 220V</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI NOTE 14 / 256GB / 8 RAM / AZUL</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C85 / 256GB / 8 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>VIDEO PORTEIRO ECOPOWER EP-C037 - 4.3"</t>
+  </si>
+  <si>
+    <t>Video Porteiro</t>
+  </si>
+  <si>
+    <t>SPEAKER JBK 10201 / FM / MIC / USB / TF / BT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>JBK</t>
+  </si>
+  <si>
+    <t>FERRO DE VIAGEM A VAPOR ONIDA ON-996 - BIVOLT</t>
   </si>
   <si>
     <t>Ferros</t>
   </si>
   <si>
-    <t>TUCANO</t>
-[...38 lines deleted...]
-    <t>Aro LED</t>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA WADFOW AAA X4</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9addf7d5b4cf1c433bdf116e9239bd14.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ab6247f9322dd170db5d81523e2fda3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ce01575bad70bbbbece754537ca66c9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e899eda52595b1fce316c1e6e4502e6e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd4b1e8232430884cda2ee8ac7fac639.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd788c909e57b32263d29d816a5c11f4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62fc5d6d0a24a8ef2827af4d8c8d7311.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68219efb1919de27bad627a49f9842bc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da7c7ef9d5c9fcd2c07126233a59d67e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/215d4638dad94dfc58b7bd56d7dc1c34.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00233cb60265e5122cb65377b89d8453.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a25152761118dd27890128cf241cca7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a331bd36eb28aefb01663c61ebd7c0c7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb1d274625603531adbdbb370f3879a3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5161ea1f117c8966d244e57ef6217ea6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2859391d33c7c1b3e3f887da299fa6f4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e96cbd5a098251a7a54835d49a37907f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba3fc522053817f018a9177e84b59e2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/534fba35536320c5b54a23f7a78b885b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b195cdc5f81feb629e26daecb77443b2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bc63593ce5a5b64511d1e108c30979d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcd6b0bbb7eb8dd9fdcd69abeb91acae.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cccad31236d891963105946ea6062aef.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccd9b5e85f8477d918867851fc5aa837.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f0829f12c651f5eb2d0352ca7b285de.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/708fa9508330a7383810c997a6f32b0d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af3f8064885e1f7366490e56c2a4f5e3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80219acc78588ac371dde2559ec5c506.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0d297aa96780eb6fbbabf37a0ac5fb2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ebb8ebaf984b50f137733422d352d99.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1889210cceeee2e8548f083b8fa7213.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9a88aaa2f813c7bf66c8cdff94af433.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf9e1a2d04fee180e42823ea10b41a2c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee0399420ea7cab20568a6b8d99b54d3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6059da0c5b321761de6fa0c5fcdce845.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6a4ff50ec59c31b4ddf7377c9903db.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03d396416c95bf1af26a884d30c4c94f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07c77364fa5365fc316ac5abc2c2dad0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef84216cf2ecaf6e25fc05cfb6126250.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c5dfc9e7121b01f0a1ca4a8b0c857a3.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>570695</v>
+        <v>575041</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>570640</v>
+        <v>575034</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>10.0</v>
+        <v>335.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>570626</v>
+        <v>575027</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>195.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>570596</v>
+        <v>574952</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>570558</v>
+        <v>574914</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>20.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>570534</v>
+        <v>574907</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>8.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>570527</v>
+        <v>574884</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>8.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>570510</v>
+        <v>574853</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>8.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>570503</v>
+        <v>574846</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>570497</v>
+        <v>574808</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F11" s="3">
-        <v>12.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>570480</v>
+        <v>574792</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>12.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>570473</v>
+        <v>574778</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>22.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>570466</v>
+        <v>574761</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>22.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>570442</v>
+        <v>574754</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>8.0</v>
+        <v>45.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>570411</v>
+        <v>574730</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="F16" s="3">
-        <v>22.0</v>
+        <v>163.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>570404</v>
+        <v>574716</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="F17" s="3">
-        <v>32.0</v>
+        <v>123.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>570398</v>
+        <v>574709</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>30.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>570381</v>
+        <v>574686</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>24.0</v>
+        <v>118.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>570374</v>
+        <v>574679</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>75.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>570367</v>
+        <v>574655</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="F21" s="3">
-        <v>29.0</v>
+        <v>0.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>