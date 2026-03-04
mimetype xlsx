--- v0 (2025-12-20)
+++ v1 (2026-03-04)
@@ -14,188 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 20/12/2025 07:21</t>
-[...23 lines deleted...]
-    <t>Secadores</t>
+    <t>Lista gerada no: 04/03/2026 01:34</t>
+  </si>
+  <si>
+    <t>BOLHA</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>KIT CHAVES TIAN MU OM 21762 - 6 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>KIT FERRAMENTAS CHAVE (L) FONTOR 171019 - 9 PCS</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR CORPORAL SUNLIGHT 13265 / REC / BIVOLT</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>BARBEADOR DALING DL-9273 / RECARREGAVEL / 3 LAMINAS / BIVOLT</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C85 / 128GB / 6 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV - FIXO - 26"/63" - MEGASTAR ST602</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>MEDIDOR DE PRESS�O - PULSO MEGA STAR HT570</t>
-[...71 lines deleted...]
-    <t>Radios</t>
+    <t>SUPORTE PARA TV - GIRATORIO - 32"/55" - MEGASTAR ST603</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C817 - 22000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO ECOPOWER EP-F308 REC / USB / SD / BLT</t>
-[...8 lines deleted...]
-    <t>RADIO ECOPOWER EP-F301 REC / USB / SD / BLT</t>
+    <t>LIQUIDIFICADOR MOX MO-LC58 - 1.5L - VIDRO - 450W - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>SANDUICHERA MOX MO-SM752 - 750W - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR ECOPOWER EP-3206 - 600W - 2L - 220V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR ECOPOWER EP-3205 - 600W - 2L - 220V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR ECOPOWER EP-3204 - 600W - 1.8L - 220V</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA INFANTIL FOSTON X200 - BRANCO/LARANJA</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA INFANTIL FOSTON X200 - BRANCO/ROSA</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA INFANTIL FOSTON X200 - BRANCO/VERDE</t>
+  </si>
+  <si>
+    <t>MOTO ELETRICA INFANTIL FOSTON X200 - BRANCO/AZUL</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CAFE ELECTROBRAS EBMC-200 - 110V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>FERRO A VAPOR MONDIAL F-32 - AZUL - 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ed32f3f3894e7f080553955a5440803.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb0ab7fa6c8d1ce551e865e7c478b664.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7f79098658e420153fc45261ad61bc1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5367f4b4fd7fc56a677d709330bf8c56.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61191ec80acff43c7d9e2ef75ceab5c4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60dd13032a7fbf2eb6c68ff8670367bc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ce5493848b1d7c3ad28349935c5cde7.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eea4aea1d7cb3a448eb1646c6a00ce96.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c277ab24cd8af4e723e0bd5b881a7f69.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/003db70b473e2e7ebb045db23446bac7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50bdc07aad0f378851d36d6d725a4df4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e00632b4ec3cb202f67f7a33f50c502d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/615bffa7180b867402ace42ce293ccd7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3902d41f2042b8e01d28ac1d2cf8542b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67e6ddfd448baa599eeb9a89c9b00470.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40affba83401acd93de6a7ba99d9c8e2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b9bc6e91317493cecc783ac9c266aa9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a233f17434573a521abd5681c7f0c4b1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d80000905a3efd219eb185572da3c6bc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f62eb44b9a86278728d8dd140559f139.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8b205b13bdac5a1b9544a837c70791d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33650956c7c4ec5c198dadefee81b79a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97e69391817df0b372ecb2e693fb6841.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1dedab1e801ec251e2892439abf853c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/775dbaa537da25af6c9eb21b76a4b4d4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4236eb1a1a6eba5720b98771d533bcf.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362b711ef8c6a8e960af46d6ce84a492.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d8c91bc140a69bad3057142c0b7c100.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94b898b8d66a899e093b1a88fc9c0267.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3e2b17ff79bf7d533529c4cb3f69fc1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1789551432a3880a248ecfa70d2ad127.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29b09f2653268f82cb2a628419b7869f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1029e79038fcd8633852abc9c0b17e79.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8907c0496dc2c0241bf96f8eef699ab.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18af14d43a25e9f045e6c60622b57ad2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2898a1aa72f690160ba082599cac3090.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f70b3811af919b1e9abea21b4b9c2001.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/787c3df8698caf11738a834ee6e633f9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16475158825233dad6a3b8e64e0c6ba4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32c10dcd2157bda2e2e1536b59131a40.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1138,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>571081</v>
+        <v>575379</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>37.0</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>571074</v>
+        <v>575362</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>60.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>571067</v>
+        <v>575355</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>39.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>571036</v>
+        <v>575317</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>11.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>571029</v>
+        <v>575300</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>571005</v>
+        <v>575287</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>2.0</v>
+        <v>101.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>570992</v>
+        <v>575270</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>23.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>570985</v>
+        <v>575263</v>
       </c>
       <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>28.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>570978</v>
+        <v>575249</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>86.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>570954</v>
+        <v>575195</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>98.0</v>
+        <v>18.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>570916</v>
+        <v>575188</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
         <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>570893</v>
+        <v>575171</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F13" s="3">
-        <v>137.0</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>570848</v>
+        <v>575164</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="F14" s="3">
-        <v>22.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>570800</v>
+        <v>575157</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="F15" s="3">
-        <v>35.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>570794</v>
+        <v>575133</v>
       </c>
       <c r="C16" t="s">
         <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>35.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>570756</v>
+        <v>575126</v>
       </c>
       <c r="C17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" t="s">
         <v>39</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>12.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>570749</v>
+        <v>575119</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>11.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>570732</v>
+        <v>575102</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="E19" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>14.0</v>
+        <v>170.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>570725</v>
+        <v>575072</v>
       </c>
       <c r="C20" t="s">
+        <v>43</v>
+      </c>
+      <c r="D20" t="s">
         <v>44</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>570701</v>
+        <v>575065</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>10.0</v>
+        <v>14.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>