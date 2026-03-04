--- v0 (2025-12-19)
+++ v1 (2026-03-04)
@@ -14,200 +14,197 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 19/12/2025 03:27</t>
-[...20 lines deleted...]
-    <t>Multiprocessadores</t>
+    <t>Lista gerada no: 04/03/2026 01:40</t>
+  </si>
+  <si>
+    <t>REFLETOR LED JORTAN JT-YY200W - PAINEL SOLAR</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>JORTAN</t>
+  </si>
+  <si>
+    <t>REFLETOR LED JORTAN JT-XPG400W - BIVOLT</t>
+  </si>
+  <si>
+    <t>REFLETOR LED JORTAN JT-XPG300W - BIVOLT</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO MONDIAL CR-09M - 110V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CHURRASQUEIRA ELETRICA MONDIAL CH-05 - 220V</t>
+  </si>
+  <si>
+    <t>Churrasqueiras</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC GAMER - SATE A-GM09 - RGB - 7 BOTOES</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC GAMER - SATE A-GM10 - RGB - 8 BOTOES</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC GAMER - SATE A-87 - RGB - 4  BOTOES</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER LUMABELLA LB-60032 - 11L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO ECOPOWER EP-3098 - 50L - 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LANTERNA SATE A-FL93 - LED - 30W - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>LANTERNA SATE A-FL95 - LED - 30W - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO C85 / 256GB / 8 RAM / LILAS</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>TABLET INFANTIL C IDEA CM86 / 7" / AND 12 / LILAS</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>C IDEA</t>
+  </si>
+  <si>
+    <t>TABLET INFANTIL C IDEA CM86 / 7" / AND 12 / AZUL</t>
+  </si>
+  <si>
+    <t>WAFFLERA SONIFER SF-6057 - 900W - 220V</t>
   </si>
   <si>
     <t>SONIFER</t>
   </si>
   <si>
-    <t>TOSTADOR SONIFER SF-6007 - 2 PAES - 220V</t>
-[...101 lines deleted...]
-    <t>ECOPOWER</t>
+    <t>FONE DE OUVIDO LUO LU-994 - BLT - LED - PEIXE/AZUL</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>MAQUINA DE VGR V-117 BARBA/CABELO 6 EM 1 / LCD</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE TOSAR PET 3 EM 1 - VGR V-219</t>
+  </si>
+  <si>
+    <t>Pet</t>
+  </si>
+  <si>
+    <t>MAQUINA DE VGR V-340 BARBEADOR SHAVER MINI / LCD</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d3488808ad97105788f9d2a8593bd0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9181d41f2426f821cdc2d61def4ee014.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af18bef775c36e180c04c77c4b42c297.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/528c910ff3b4e27ae7db39b043eb7538.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5704ef9d70936f73565a940af89ddd8f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecfb3a8caf2b5738423188206956c4fa.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8eacf5a2d077d24c7bd6b415dc2daa5f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee0949aae6e25b75c64aa7704d12b3b9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7eb7cbfbc46156afbb20d134cd23e61d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60bbbd8810960c5e58b0b98076454280.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0116256822b39032c886c6781ec13702.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d15951e6b020ffee4f55764275465ab.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7c7cb81ec7a294281349fd20dc04f38.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ff6861bcb201735e4734fa990deb9f1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f07561ecb47ef9aca3a6ad77bc2f0c77.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27d24ea971f84aaa5c4bbfe90c34db1e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a1d635e20a0f7fcaae21ccc330a6054.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/190bf73f33709785204ca98abc643922.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2aad492adf67a55c5eb846a0caed7b1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cf27a6e0876b71ada561f74a095249f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275e13f5ae0ad68b68497ea2423d83c8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f05f225d5ee705c72621e5d7283d422.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/305c7ad5503441688019c789db241a71.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d80c1799d879ef0a00b709defad8f0f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67ccd959e1f3b52b126cdf5b48f42040.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b11101d1f9cc02fdf2798486e919fa45.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5bdd3b46199d2972e737626cb9593d3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416b1909c164bda866bb95096c7873b0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a92558f6ba2e7a705d1a330fb32d756.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc1932baa0176574ae74711390fce36c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/454fbed3b71906e28c2caebebe5b3d64.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f410b37835f1f3a8c01b6f37ec57f705.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fdf5a49a763d1170d53899751d2c136.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b836f3a0123e6ef5a02039d7c7fd9a27.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5662b8da9dc65700f84851daffca564b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a08a3bf3e9ebc9268dcf2a4ac282d90.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b68c5f40879c08c187bf8c888a780b21.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a48a28cb35c8d6a8f709f43395c7b2c5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddc42be992c40cbf8a62f1530c9454d4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23bffa7ec6ae6057defe5bdcc5119059.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1142,416 +1139,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>571159</v>
+        <v>575867</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>68.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>571128</v>
+        <v>575829</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>4.0</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>571104</v>
+        <v>575812</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>19.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>571098</v>
+        <v>575775</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>571081</v>
+        <v>575768</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
         <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>37.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>571074</v>
+        <v>575744</v>
       </c>
       <c r="C7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>60.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>571067</v>
+        <v>575720</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>39.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>571036</v>
+        <v>575706</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F9" s="3">
-        <v>11.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>571029</v>
+        <v>575690</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>571005</v>
+        <v>575669</v>
       </c>
       <c r="C11" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" t="s">
         <v>27</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>2.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>570992</v>
+        <v>575645</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F12" s="3">
-        <v>23.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>570985</v>
+        <v>575638</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F13" s="3">
-        <v>28.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>570978</v>
+        <v>575614</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>86.0</v>
+        <v>123.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>570954</v>
+        <v>575584</v>
       </c>
       <c r="C15" t="s">
+        <v>34</v>
+      </c>
+      <c r="D15" t="s">
         <v>35</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>98.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>570916</v>
+        <v>575577</v>
       </c>
       <c r="C16" t="s">
+        <v>37</v>
+      </c>
+      <c r="D16" t="s">
+        <v>35</v>
+      </c>
+      <c r="E16" t="s">
         <v>36</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>10.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>570893</v>
+        <v>575546</v>
       </c>
       <c r="C17" t="s">
         <v>38</v>
       </c>
       <c r="D17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E17" t="s">
         <v>39</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>137.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>570848</v>
+        <v>575478</v>
       </c>
       <c r="C18" t="s">
+        <v>40</v>
+      </c>
+      <c r="D18" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="E18" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>22.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>570800</v>
+        <v>575430</v>
       </c>
       <c r="C19" t="s">
         <v>43</v>
       </c>
       <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
         <v>44</v>
       </c>
-      <c r="E19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>35.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>570794</v>
+        <v>575423</v>
       </c>
       <c r="C20" t="s">
+        <v>45</v>
+      </c>
+      <c r="D20" t="s">
         <v>46</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>44</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>35.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>570756</v>
+        <v>575409</v>
       </c>
       <c r="C21" t="s">
         <v>47</v>
       </c>
       <c r="D21" t="s">
         <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="F21" s="3">
-        <v>12.0</v>
+        <v>24.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>