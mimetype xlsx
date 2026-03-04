--- v0 (2025-12-19)
+++ v1 (2026-03-04)
@@ -14,191 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 19/12/2025 03:18</t>
-[...11 lines deleted...]
-    <t>VARAL DE LUZES 15 BOCALES E27 - 10M</t>
+    <t>Lista gerada no: 04/03/2026 00:02</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO G-TIDE C1 LITE - BLT - PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO G-TIDE CLIP 1 / BLUETOOTH / ROSA</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART G-TIDE R3 - ROSA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>SANDUICHERA GRILL WINNINGSTAR ST-9399 - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>SECADOR LUMA BELLA LB-64014 - 2400W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C831 - 12000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG GT-C3520 (FLIP) DUAL SIM / VERMELHO</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>LAMPADA LED SUNLIGHT 19153 / 30W / E27 / BRANCO</t>
   </si>
   <si>
     <t>Lampadas E27</t>
   </si>
   <si>
-    <t>KIT DE FERRAMENTAS COM MALETA DIGITRON - 12 PCS</t>
-[...2 lines deleted...]
-    <t>Ferramentas</t>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI SMART BAND 10 (M2459B1) / PRETO</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY KANDEXS YE-1209 - 12'' - BLT - AUX - MIC C/ FIO</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 10" LUO LU-A94</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 10" LUO LU-A91</t>
+  </si>
+  <si>
+    <t>LCD WRITING TABLET 20" LUO LU-A86</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY KANDEXS YE-801 - 8" - BLT - AUX - MIC C/ FIO</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>COPO VIDRO DUPLO 80ML NESPRESSO - 1 UNID</t>
+  </si>
+  <si>
+    <t>Copos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>FURADEIRA DIGITRON RAJ-29 - 220V</t>
-[...92 lines deleted...]
-    <t>Projetor / Tela</t>
+    <t>LUMINARIA COM SENSOR SATE A-FL603 - 60CM - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>LUMINARIA COM SENSOR SATE A-FL602 - 60CM - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LUMINARIA COM SENSOR SATE A-FL403 - 40CM - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LUMINARIA COM SENSOR SATE A-FL402 - 40CM - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>LUMINARIA COM SENSOR SATE A-FL203 - 20CM - RECARREGAVEL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34371eaa0293e04b623504a26dd285b0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e2f24688dc59d6ab4fb9afd8f97f809.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30c5f08bdf31bb013e1c78b243fc177b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9abdd817d7d380ab8c0ca6f2e311369.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe115b9f93e25a6d457e0b3053e38c8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad570fc15aa1b5e7f7610009d4104303.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233f2c69ab739b11fe7714403ad5d005.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ebc49cf447434636c38b709b8735ba.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3cc3c899a337c1af1d1de28d7816461.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bdb11f8eb41266627decc8ee63f552d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e70d3ff109be7538bbe1b0bc9f29a5f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2fb5ad5485c5f7e6712b17f2a01cf63.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c81ee9290d4c2d26b33c746b9bb79aa.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b13f1de9174f59a82f0216bd89aea70.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/658f4fa365882319237a91ee829a074b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d81e316fcf712ce16736106ea5e36b5.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c3a63a151a3dd1ca8be7231a025b966.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3468ca964d59ad58e86584f7d88f0e9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77955e9abbaabd75df603cc57c07df43.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cdf77421edbcdb5a787867951c42f14.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e451cf3d2dff1ca13b2771fbde39648d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fe53624731b5339b674716c1578d203.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95de59ed1e05e22ccb03d5bcf2bb1bdc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed65601802785cecaba5bd72fb8067ae.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d07f9281c87382a121298ff171ad603d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d0034cedd4f428ab9b9a6a37b544581.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b9f7021fbf0b7be240f3e45ebd16d3e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32259053540a748a344cd82ea884b117.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31d62076644997b4710989f22d207cbc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caad1c2594bbd1dda09e496c8f7714a8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2900cc4f48a2c23f4514e8b145be187.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a8598c2e220affc20f99369bd0a49ef.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8128824a3b4e051789f5532b8f2b76a6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88ad2e72b7a5d790e1c12ecd5bfabc5a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cec9288e3ffd0db9e702f83da685857.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/402766b827495953ad45be933a40653e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d12b932d28b64c4fda28acdc19073ae.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8677c7230190e6b136414b64624cea73.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc4d3fad8c43ba81f38cd45c781399b0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb6cd9944804c551348c2ad8ec885ae2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>571517</v>
+        <v>576215</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.0</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>571494</v>
+        <v>576208</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>18.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>571470</v>
+        <v>576192</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>11.0</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>571463</v>
+        <v>576185</v>
       </c>
       <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>15.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>571456</v>
+        <v>576178</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>5.0</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>571449</v>
+        <v>576154</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>45.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>571418</v>
+        <v>576116</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>16.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>571401</v>
+        <v>576086</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>571395</v>
+        <v>576079</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>4.2</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>571371</v>
+        <v>576031</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="F11" s="3">
-        <v>55.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>571364</v>
+        <v>576024</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>7.5</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>571333</v>
+        <v>576017</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>14.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>571326</v>
+        <v>576000</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
         <v>33</v>
       </c>
       <c r="E14" t="s">
         <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>13.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>571319</v>
+        <v>575997</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="F15" s="3">
-        <v>9.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>571227</v>
+        <v>575973</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>17.0</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>571210</v>
+        <v>575966</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>17.0</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>571203</v>
+        <v>575959</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="F18" s="3">
-        <v>3.0</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>571197</v>
+        <v>575942</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="F19" s="3">
-        <v>3.0</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>571180</v>
+        <v>575935</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>3.0</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>571173</v>
+        <v>575911</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>34.0</v>
+        <v>3.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>