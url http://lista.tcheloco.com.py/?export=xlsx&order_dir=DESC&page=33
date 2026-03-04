--- v0 (2025-12-18)
+++ v1 (2026-03-04)
@@ -14,212 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 18/12/2025 18:58</t>
-[...14 lines deleted...]
-    <t>Speakers Pequenos</t>
+    <t>Lista gerada no: 04/03/2026 00:02</t>
+  </si>
+  <si>
+    <t>GRILL RAF R.5414 - CHAPA LISA - 70CM - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - CERRO PORTE�O</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - OLIMPIA</t>
+  </si>
+  <si>
+    <t>FORNO ELETRICO ELECTROBRAS EBHE-66L - 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - BOCA JUNIORS</t>
+  </si>
+  <si>
+    <t>COPO TERMICO 473ML - RIVER PLATE</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI BAND 9 ACTIVE M2435B1 / LILAS</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM FURADEIRA WADFOW WDT4B119 - 119 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>FURADEIRA DE IMPACTO TOTAL TG111136 - 220V</t>
+  </si>
+  <si>
+    <t>TV 40'' SMART LED ECOPOWER EP-TV040 / SMART / WIFI / DGT</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RELOGIO DE PAREDE JH-6650 / ELETRICO / TEMP / VERDE</t>
-[...77 lines deleted...]
-    <t>FONE DE OUVIDO XIAOMI REDMI BUDS 6 ACTIVE - ROSA</t>
+    <t>BATEDEIRA MANUAL WINNINGSTAR ST-5534 - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>VENTILADOR DE TETO AIR COOL S2124 - 56" - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>SOPRADOR BOLHA DE SABAO XO XO-V03 - AAX4</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS COM MALETA - OM LZW 3115 - 45 PCS</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>KIT FERRAMENTAS GOOD KING NRI-20015 - 15 PCS</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA LUO LU-4992 / 2.5L + COPO MATERO + BOMBA</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY YE-083 - 8" - USB/FM/BLT - MIC SEM FIO</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY YE-3919 - 3* - 8" - USB/FM/AM - MICROFONE SEM FIO</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SPEAKER PARTY KANDEXS YE-0262 - 8"X2 - BLT - AUX - MIC C/ FIO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO G-TIDE C1 LITE - BLT - LILAS</t>
   </si>
   <si>
     <t>Fone sem fio</t>
   </si>
   <si>
-    <t>XIAOMI</t>
-[...35 lines deleted...]
-    <t>TOTAL</t>
+    <t>G-TIDE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76956a0ba39e63ed17dadeb6efc81966.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20bf049b8eb03fb4b3846675b15846db.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7f5ed8bec0022b555c4921482c84947.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcf447df80cde084c0cb52e3684112b7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1fe7e45a1c294e3e31ffa9c4a8257a8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/138d52d3cdadde4e76d06cdd32900552.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/301b5dc3e1b1dbef921e8873f7426e5d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/017c363cc3b0b1ab74acd53d0b5e78b2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa253c6a5cbf26d4a33c6df34c63bd4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fc0ffaebe3d387911d6c1e20b7c787a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/028a0ae551786782e4c059e002959b23.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2989573a34f6747e48534d7682bda16.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdaf35dac745acd9f86dec89f1cbf12f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8318d14dcdc4029b1cab35503fca6195.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68f5a634619145279305215e66861568.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7384037b5335e765209a2c907afde6c4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e223c1c95b9a6862994c52ad99d4aeb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/071573311d6dafdbf6cda9e45d2defc5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/297481f60b7d9c346f7d65e731aa7722.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1c358d413ea5f170ed03041a4f8fe21.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461c4fdb597eae505950764b59781a3a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3a6965565d2e98efe02ffdf519b7e98.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/110ab39a9be2699bfd38d959945be7ec.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4f48a4064e99568395116157b7514e9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a8638c7185684e276d006788060cd66.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/577bbfa8ee5be4100d3e638bf1433b1f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9a5cbea8c650e1d9a1c0c06b5618de9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e32a2c1e0ff9252fca37bb3f0873760.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d202f245e4e6704b9a31d6e25359d3a0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d00b82e95a0278adc87c1fcca3903a59.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fea8366d23ba02d6d460053fb2718d09.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5672c1e39a705d100dbb49ff82dc4433.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f92b41b1b3ede8e74ab0ecf8e143a9f2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c551f2f19a077c888386cebfba3d8a28.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c9001ef9df42e212e3e1a534e4ff63e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cec6a648ec60ccc56556c058745cf6a1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/858c6bd9946ba31dd89cabd503d774fe.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78cd6dfd476c7c162f43ecac77cd4115.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab39c31cf6f2f3a443779d1be4a69cac.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/521dd89747ed8ba50b3e21dd0b293f57.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>571746</v>
+        <v>576765</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>571722</v>
+        <v>576734</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>12.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>571715</v>
+        <v>576727</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>13.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>571708</v>
+        <v>576680</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>113.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>571692</v>
+        <v>576635</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>45.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>571685</v>
+        <v>576628</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>30.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>571678</v>
+        <v>576604</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>571654</v>
+        <v>576581</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>23.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>571647</v>
+        <v>576550</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>13.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>571630</v>
+        <v>576505</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
         <v>27</v>
       </c>
       <c r="E11" t="s">
         <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>25.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>571623</v>
+        <v>576475</v>
       </c>
       <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
         <v>31</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>45.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>571616</v>
+        <v>576390</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>92.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>571609</v>
+        <v>576345</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
         <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>27.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>571593</v>
+        <v>576314</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>23.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>571586</v>
+        <v>576291</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="F16" s="3">
-        <v>13.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>571562</v>
+        <v>576284</v>
       </c>
       <c r="C17" t="s">
+        <v>41</v>
+      </c>
+      <c r="D17" t="s">
         <v>42</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>43</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>3.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>571555</v>
+        <v>576277</v>
       </c>
       <c r="C18" t="s">
+        <v>44</v>
+      </c>
+      <c r="D18" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>76.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>571548</v>
+        <v>576253</v>
       </c>
       <c r="C19" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" t="s">
+        <v>48</v>
+      </c>
+      <c r="E19" t="s">
         <v>46</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>116.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>571531</v>
+        <v>576246</v>
       </c>
       <c r="C20" t="s">
+        <v>49</v>
+      </c>
+      <c r="D20" t="s">
         <v>48</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>27.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>571524</v>
+        <v>576222</v>
       </c>
       <c r="C21" t="s">
+        <v>50</v>
+      </c>
+      <c r="D21" t="s">
         <v>51</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>52</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>62.0</v>
+        <v>9.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>