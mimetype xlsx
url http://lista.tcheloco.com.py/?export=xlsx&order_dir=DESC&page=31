--- v0 (2025-12-18)
+++ v1 (2026-03-04)
@@ -14,197 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 18/12/2025 17:21</t>
-[...5 lines deleted...]
-    <t>Radios</t>
+    <t>Lista gerada no: 03/03/2026 22:37</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO XIAOMI REDMI BUDS 6 PLAY - ROSA</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO M7 / 256GB / 8 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI POCO M7 / 128GB / 6 RAM / PRETO</t>
+  </si>
+  <si>
+    <t>PATINETE INFANTIL 16314</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>KIT DE TALHERES FD-666 - MALETA DOURADA - 24 PCS</t>
+  </si>
+  <si>
+    <t>Talheres</t>
+  </si>
+  <si>
+    <t>CARREGADOR PARA MOTO - FOSTON X200</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>CAPA DE CHUVA IMPERMEAVEL LUO LU-040</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-490 - UNIVERSAL</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-489 - UNIVERSAL</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PISTOLA LUO LU-4983</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>TABLET C IDEA CM516 / 7"/ 256GB / 8GB / PRETO</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>C IDEA</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8135 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>RADIO ECOPOWER EP-F309  REC / USB / SD / BLT</t>
-[...59 lines deleted...]
-    <t>FRITADEIRA AIR FRYER RCA RCFR10 - 3.2L - PRETO - 110V</t>
+    <t>VENTILADOR DE TETO CP56 CANARMNA - 56" - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>FREE</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-6609 - 9000W - LED - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR MEGASTAR CH07N - 10000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE HYE-389 - VERMELHO - 4.5L - 110V</t>
   </si>
   <si>
     <t>Fritadeiras / Air Fryer</t>
   </si>
   <si>
-    <t>RCA</t>
-[...47 lines deleted...]
-    <t>WINNINGSTAR</t>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE HYE-389 - VERDE - 4.5L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE HYE-389 - VERMELHO - 4.5L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE HYE-389 - PRETO - 4.5L - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER HYE-021 - PRETO - 10L - 220V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8525c9c2233bc63bce8daf6695b0c13b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddba227412072f22828a14a4e45302af.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50487ccb976a62973afd27b089415952.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81025fdae63dd101df0fbcfdf7b1e9ef.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08ccd5960411b644f4ed39bc5469b862.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8317ef8526a1ded5a50dfece9aed30e2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e29d1475841961bc3cb46f186d610abb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1537cbb6f95f0b3ea6a78aba1ec2a4f9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cce806a1054fb6cf8de475ae3240505.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03e4bca8102605904ef4812c349ef40a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4547a6d201acfc251fb138b464dac39e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b86bfa59a865dc0d94401bd1cbdff29.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aa94f700b59b0a6120a524bddd50ba7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/048752bb92790a3026686c152e255b53.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/afa7ba747e2df7120de51186c4b2b887.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34b799c6661db90efbb6b2eb506c9c12.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1352f3e41501eeba3371683f50bede76.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccb6e519f0a9743a832844138d0eb804.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf007dbc414df162a8cf40030f43a277.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6df7c2389194ecf20a4f277612e03d9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ac8db6126c00e40e4e4eb414be2ccac.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a2ac1efe7cdedaa41dd67043901bc80.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/142f1e8e090ad269fe62683b9967bafc.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/68bb4f2b7d6dacf7787339c1c1349ba5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d7e73004da1eb49916b47b0ac420d08.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253aa2552e614fec3021738a4ea06278.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79413a375e1de6291b02af27c08896e1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90254218e750f28787e2eaee53cc8823.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c4c50e7b73ad5aea76f5e57710c0cec.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/852e23c4ca8169849969e84df95b425c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a50a8bf1b436d174b19a33afbe7b6645.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efcfa3dfc5811357519d5e14e7a6cdb0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d1ae9ec975b0a2e414e4fdabc1eedd1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef611c32edce566346a834e933ea9257.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2095baddf9ed414ed2298ecc3840fe91.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b08808806caa4127b0e3315f1c0abb09.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da8fcc3abd32be73086aa1b5f1d08e2f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/934e80d56ca8482ddd81708058b0a11e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/290f9b265686ffc4728bc816e00f4676.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe5c7bd6b18041b0b8a97904aae3ece5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>572545</v>
+        <v>577427</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>572538</v>
+        <v>577403</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>13.0</v>
+        <v>135.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>572521</v>
+        <v>577397</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>13.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>572514</v>
+        <v>577380</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>50.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>572446</v>
+        <v>577373</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6" t="s">
         <v>15</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>68.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>572408</v>
+        <v>577366</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>6.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>572385</v>
+        <v>577359</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>6.0</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>572378</v>
+        <v>577335</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>24.9</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>572330</v>
+        <v>577328</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
         <v>25</v>
       </c>
       <c r="E10" t="s">
         <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>8.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>572279</v>
+        <v>577311</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
         <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>104.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>572262</v>
+        <v>577304</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>116.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>572255</v>
+        <v>577267</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>27.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>572248</v>
+        <v>577243</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>29.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>572217</v>
+        <v>577236</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>13.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>572200</v>
+        <v>577229</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>21.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>572194</v>
+        <v>577205</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="F17" s="3">
-        <v>42.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>572187</v>
+        <v>577175</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>11.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>572170</v>
+        <v>577168</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>40.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>572156</v>
+        <v>577151</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="F20" s="3">
-        <v>13.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>572125</v>
+        <v>577144</v>
       </c>
       <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
         <v>46</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>47</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>11.0</v>
+        <v>55.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>