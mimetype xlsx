--- v0 (2025-12-18)
+++ v1 (2026-03-04)
@@ -34,183 +34,183 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 18/12/2025 17:20</t>
-[...5 lines deleted...]
-    <t>Pen Drives</t>
+    <t>Lista gerada no: 03/03/2026 21:04</t>
+  </si>
+  <si>
+    <t>APRESENTADOR LASER SEM FIO - SATE LR-28R</t>
+  </si>
+  <si>
+    <t>Apresentador de Slides</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>APRESENTADOR LASER SEM FIO - SATE LR-27R</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2319 - USB/SD/FM/BLT</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>VENTILADOR MEGA STAR FAN1840 COLUNA - 220V</t>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C526 TURBO - 10000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H171 - ARCO/BLT/FM/TF</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR 4 EM 1 SONIFER SF-8151 / 400W / 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8276 / 4MP / APP ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8271 4MP/2CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO LED-3W - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>SPEAKER PARA MOTO MEGASTAR SPK01 - BLT/USB/FM - 12V</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MICROFONE SEM FIO MEGASTAR MIC2208</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>VENTILADOR MEGA STAR FAN2620 - PISO/INDUSTRIAL - 220V</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
-    <t>MEGASTAR</t>
-[...5 lines deleted...]
-    <t>Diversos</t>
+    <t>MOTOSERRA DE PODA SEM FIO WADFOW WCLP556 - 5"</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>MOTOSERRA DE PODA SEM FIO WADFOW WCLP562 - 6"</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR PHILIPS-WALITA RI-2110 - 110V</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>CAMERA IP HIKVISION DS-2CD1323G2-LIU / 2MP / DOMO</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>HUB SWITCH HIKVISION DS-3E1309P-El/M - POE - 8 PORTAS</t>
+  </si>
+  <si>
+    <t>Hub</t>
+  </si>
+  <si>
+    <t>MOCHILA PARA NOTEBOOK XO-CB01 - NEGRO - 14"</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>RASTREADOR LOCALIZADOR AIRTAG XO-LP01 - ANDROID - APP TUYA</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>CANIVETE 24CM OM 16642 - MULTI USO COM CAPA</t>
   </si>
   <si>
     <t>DIVERSOS</t>
-  </si>
-[...103 lines deleted...]
-    <t>RADIO ECOPOWER EP-F311 REC / USB / SD / BLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/320a9e6d033b6fa05302303dc3ad1dfa.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8884bcebe543837fd1c3799c834edb2c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4db3c6ef0373999a8231aa2b55c0a0b8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9315c71217a8c16e0704149d7132b35.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dd6026d09a7d03a12931be8c4857470.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c012ec9211af5257bb17333da8732d6a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fa2771111fc0fc54f2c00b695c66fd6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59957469a986cbc980eb762146b69219.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12ba22e9951a884abc311e8844179d54.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46f5b5ceeb76bab00e13135df7bf561e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcf496a92bd446faf3525a60c87bf7d9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0963104b6007579f3eb47db6702cd495.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c270e08a3c912e59901f945e63a3d058.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9cc6ea4415efd20a3c9abf170fef5ea.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/466e1baa0bd208f81e915eaf460668a2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db5120d80f98852e769f91da480b054.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c1b147b3af358eed30829b6c00723ce.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30eedc338a1c4b7effd2a89bbdaf00bc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be0ce87883edcf11d903dd82be206853.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbc0c207a9f09bea6fdba6fba57a4528.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/864d7555757391b92c5e7e107b1a84e7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72107d503e00b64f2a592cc584d5c2f4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dca1830274e5ed15a3e3cb11ff8b9207.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7bb040c54cbb9cb936ae2a71d8e34d2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c488d7c4a6ef80cd7f445537dc544eb.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/beae28814af3620318552dc529b15b93.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82a871116277f05e8dd250477eaa04ac.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b5ec8d71f4f2a290a49c105beaeb20f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eb75701484529db9171c8ad88f898b0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7404c7f000df7002460f248b60b10c7d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/706d0acb3b421103404afe828a5d28b5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cda20c41c9c5da062d54aa810f871b40.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f1fbebc81b48e55c6db885e6bef7e03.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd4be6adf620cf9c77165b61f6e0fa4e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ebc53b8a154d330df00b1f878f16b3c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcca3ba5c1450a0e59ce1cfe10e1789d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/944a43d2d0486fc90d78e0a70b9613b7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fc1c7f1ec14adb538fa1d999c859822.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/672dd79529dbfc101e250d6f95bd5bd7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6be97d03c4c04af0e4f878610793a971.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>572873</v>
+        <v>577731</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.17</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>572866</v>
+        <v>577724</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>18.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>572842</v>
+        <v>577717</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>7.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>572835</v>
+        <v>577700</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>16.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>572828</v>
+        <v>577694</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>16.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>572811</v>
+        <v>577687</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>29.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>572804</v>
+        <v>577663</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>20.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>572781</v>
+        <v>577656</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>13.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>572767</v>
+        <v>577632</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>25.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>572750</v>
+        <v>577625</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>572743</v>
+        <v>577618</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>8.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>572729</v>
+        <v>577595</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>572712</v>
+        <v>577571</v>
       </c>
       <c r="C14" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E14" t="s">
         <v>36</v>
       </c>
-      <c r="D14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>8.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>572644</v>
+        <v>577564</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>51.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>572620</v>
+        <v>577557</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>572613</v>
+        <v>577496</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F17" s="3">
-        <v>29.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>572606</v>
+        <v>577489</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>29.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>572576</v>
+        <v>577472</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
         <v>12.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>572569</v>
+        <v>577465</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
         <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>13.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>572552</v>
+        <v>577441</v>
       </c>
       <c r="C21" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" t="s">
+        <v>35</v>
+      </c>
+      <c r="E21" t="s">
         <v>50</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>9.0</v>
+        <v>4.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>