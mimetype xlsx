--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -14,170 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 07/12/2025 05:45</t>
-[...20 lines deleted...]
-    <t>VAPORETO WINNINGSTAR ST-4610 - 220V</t>
+    <t>Lista gerada no: 03/03/2026 00:13</t>
+  </si>
+  <si>
+    <t>MIXER DRINK RAF R.31000 - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F333 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V202 - 12" - COLUMNA - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7069 - 1 USB-C / 3A / 20W / IPHONE</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>SPEAKER PROSPER P-1088 8.0'' - BLT/MIC</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>HOME THEATER SOUNDBAR JVC TH-KY435B - BLT/USB/HDMI</t>
+  </si>
+  <si>
+    <t>Home Theaters</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY4115B - BLT/IPX6/60W/30WRMS</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>TV 65'' SMART LED SAMSUNG 65U8000F - UHD/SMART/4K</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>TV 55'' SMART LED SAMSUNG 55U8000F - UHD/SMART/4K</t>
+  </si>
+  <si>
+    <t>TV 43'' JVC LED 43KM758 QLED - SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>POSTE DE BARBEARIA 100CM P-100 - 220V</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>POSTE DE BARBEARIA 85CM P-085 - 220V</t>
+  </si>
+  <si>
+    <t>POSTE DE BARBEARIA 75CM P-075 - 220V</t>
+  </si>
+  <si>
+    <t>POSTE DE BARBEARIA 73CM P-073 - 220V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOX MO-AF166 - 5L - VIDRO - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MOX</t>
+  </si>
+  <si>
+    <t>CORTADOR DE GRAMA SATE  A-TK780</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>MOCHILA SMART LED SATE A-KP6010</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>ASPIRADOR DE P� INTELIGENTE - VERTICAL LUO LU-49006 - 220V</t>
   </si>
   <si>
     <t>Aspiradores</t>
   </si>
   <si>
-    <t>VAPORETO WINNINGSTAR ST-4600 - 220V</t>
-[...71 lines deleted...]
-    <t>RADIO ECOPOWER EP-F329 - REC/USB/SD/BLT</t>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>TECLADO SMART TV LUO LU-I9</t>
+  </si>
+  <si>
+    <t>Controles Smart</t>
+  </si>
+  <si>
+    <t>CAMERA INFANTIL COM IMPRESORA LUO LU-SY21 - ROSA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -200,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e285d5fccf032efd2301ee054cde641c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87de4b2920c40aff7cb1beb06a2b15bc.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43ae486d23d99341a63a419bf459d859.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c410eb51de70c0e907c79e6ba7ca0c6b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43bedead1a49a7d606dca8d896ea4c86.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ad75df7fbee98adf4bd41aa903368e8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5817143729193e9a64fb42e0c375aff.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d5d2c64b43d350e7a7f6e5ddfcc1e51.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b7756d3e1cdbb0fd85196ae556ad8a9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5621efd921f47613eef285ad9e515d67.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f29dbe43e2ecb125b787ada547ccc2ed.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d908fd0139e765d3e1861057403c784.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f2d1f398abbf6763de8f8dc4e7a1b6c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83803e1d0b4768df1b433126e06471a9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19e82a1f1919e3f80eef66f053f8d21f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdd3a0ba67746799b3e3b3d1deec8987.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1810dbad8101aa657315d2ae0b35da66.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fc40ddb0548b61eb890304ee3d90531.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b35851e274b87cdf9bc9f80bca8338e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dd22c4383369659cd1817e1c1f964bf.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f633611051ca9cb5df2cf3c7486e4b51.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c77cc725346c9eda68df8ed48a36c2aa.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b93e9be9f6bd0b871a1ab63f3f1091c4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03aaa823255bfe254cc3d31f58f6f056.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93e8b0a06386c36795fbc5f400cabb4c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc58346edfcb0efb10e52eaf18eff9e3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e22e3becf5b0c352ee2152bea3163ab0.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/062b787be817e061d0cb0445963d2fef.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a24852989d9a59111755872f612a4252.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97f1ba6b04ca2510f38d0208ada0a4a7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fd0b71eb42d28ae712813d825de8103.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a415ce8e3d1a37f55a748e91cb7d7e18.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7089c403e75321b213c38ffa49e860de.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1a98aafaba506649bca9eed0c5378d5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e1b84c38afb8c6a2653e86e92d31e2c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a3309580574ee79a2cbab069fbd4745.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fba9e0dd34a6f2e6c02eeec66f38f2bf.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b6d4d88206f64c56aafb627ffea8be9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66c90d1ab448c1e717383c018603b3de.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/965c42ac0840b9523169a54e443a66d7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1111,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>580526</v>
+        <v>586443</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>8.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>580502</v>
+        <v>586436</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>59.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>580496</v>
+        <v>586429</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>95.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>580489</v>
+        <v>586412</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>75.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>580441</v>
+        <v>586405</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>10.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>580434</v>
+        <v>586399</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>4.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>580427</v>
+        <v>586382</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>7.0</v>
+        <v>50.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>580410</v>
+        <v>586375</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>4.0</v>
+        <v>450.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>580380</v>
+        <v>586368</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>14.0</v>
+        <v>360.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>580373</v>
+        <v>586344</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F11" s="3">
-        <v>14.0</v>
+        <v>220.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>580366</v>
+        <v>586337</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>95.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>580359</v>
+        <v>586320</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F13" s="3">
-        <v>14.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>580342</v>
+        <v>586313</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F14" s="3">
-        <v>14.0</v>
+        <v>80.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>580335</v>
+        <v>586306</v>
       </c>
       <c r="C15" t="s">
+        <v>34</v>
+      </c>
+      <c r="D15" t="s">
         <v>31</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F15" s="3">
-        <v>13.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>580328</v>
+        <v>586290</v>
       </c>
       <c r="C16" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>6.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>580311</v>
+        <v>586283</v>
       </c>
       <c r="C17" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>8.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>580304</v>
+        <v>586276</v>
       </c>
       <c r="C18" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>11.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>580298</v>
+        <v>586252</v>
       </c>
       <c r="C19" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>10.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>580281</v>
+        <v>586245</v>
       </c>
       <c r="C20" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>580274</v>
+        <v>586238</v>
       </c>
       <c r="C21" t="s">
-        <v>39</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="F21" s="3">
-        <v>18.0</v>
+        <v>16.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>