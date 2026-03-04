--- v0 (2025-12-18)
+++ v1 (2026-03-04)
@@ -14,215 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 18/12/2025 06:27</t>
-[...32 lines deleted...]
-    <t>Alizadores</t>
+    <t>Lista gerada no: 03/03/2026 21:02</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC8L / 20W / FONTE + CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC44C / 30W / CABO USB-C</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC43L / 30W / CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC43C / 30W / CABO USB-C</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC43 / 30W / USB-C</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8756 / BT / USB / 9"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>REFIL GLUCO ECOPOWER EP-2741 - 50 UNID</t>
+  </si>
+  <si>
+    <t>Medidores de Glicose</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR 4 EM 1 QYLAR QY1316 - 1000W - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>QYLAR</t>
+  </si>
+  <si>
+    <t>MUMULTIPROCESSADOR 4 EM 1 QYLAR QY1316 - 1000W - PRETO - 110V</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYE165UL / FONTE + CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE EU02C / FUENTE + CABO USB-C</t>
+  </si>
+  <si>
+    <t>SPK ECOPOWER EP-1979 BLUT       /   14"</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>TERMOMETRO DIGITAL SATE A-TM01</t>
+  </si>
+  <si>
+    <t>Termometros</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>VENTILADOR LUMA BELLA LB-69004 - MESA - 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA COLOR 20707 - 200 LED - 220V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>SECADOR DE PAREDE ECOPOWER EP-3528 - 1800W - 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8747 / BT / USB / 7"</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-492 - BICICLETA/MOTO</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR LUO LU-498 - BICICLETA/MOTO</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER RAF R.5387 - DIG - 8L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
   </si>
   <si>
     <t>RAF</t>
-  </si>
-[...106 lines deleted...]
-    <t>PEN DRIVE COM OTG TYPE-C ECOPOWER - 16GB - USB 2.0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c4320afcc481ed55264c37dca4a5ffc.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50e9b0604c2c563988c88af6d23f5b29.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a97bdc979a93bc21943d6a640e1b2ee5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e1a225f9a677f06c663d00b6181a9c0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd8dfad4f060fffe64a7038fc27df83.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e19fc0b14a261dcab3378b9bbdc99afc.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a2b435661830163fdd52d8c6937cb66.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41ae3b5e7c01d5b821842e74ec03af56.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/566ebf500ffb51a17ea2d3cac72c8de1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de780a029b085dd32f60a20c8c448ca2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eb9173bcc98022f94354843388badee.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d02ee0745085bf007014953d309ddc54.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c802cc84ee5aeffdae04bd7fdeba8ae4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05415877baac8a884a367b1f17e3574e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e3c17a74089564588fe70211145a52f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e434e0af6a3c5549dc40865e8e36fb6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/629dd758aa0b3d51b08d3d943c4521a9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d821b624baa404c59ad82843f9d3340b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56acbbd3305212f4970f592c724b6cfc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de94ab8b6137a1c7b5f19b2a6a31211d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/190a255408f7fa5f47e8e451835a2a90.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/768221b601122459db1427a334b09508.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94ba8913aa15c81007d3c15444e4034d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4fe031c9808d6db484f40205e8beaeb.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24f8cb77ffee0c97d3cead4aee85ba8c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/719ff29ad51f2f2a609ff3abd9d28184.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3445b5e4d4942720c6ec6c5576fc39b2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/848d964493219663842b3bb2896c0bce.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35712c4f5894adea611d374584b8ba35.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f76c47d23c6a42f57ac9e5c872fd893.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd0e1cd5ad8e79335f81e56455c5efc9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c6e78295dd803dcd46b8714f80eb11d.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25e6762cd4dba9859c68c795e6e5af9e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66020174cc6bb81433ee14f205dfa718.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a68b1767cafd969be8346230d66f910.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0b2bf941588aab98d121c8744f2173c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aeeaeab4a0462949304290decd51d77c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fb397613c019726aa3a80f3f1ff08f1.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4193b5c1cf5bac6b929db1ea66f93669.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03b86811e9069fab314d2a910c08500c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>573191</v>
+        <v>578165</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.0</v>
+        <v>8.9</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>573184</v>
+        <v>578158</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>12.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>573177</v>
+        <v>578141</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>9.0</v>
+        <v>11.25</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>573153</v>
+        <v>578134</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>6.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>573146</v>
+        <v>578127</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>9.0</v>
+        <v>8.9</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>573139</v>
+        <v>578103</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="F7" s="3">
-        <v>540.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>573122</v>
+        <v>578097</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>430.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>573115</v>
+        <v>578080</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>6.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>573108</v>
+        <v>578073</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F10" s="3">
-        <v>5.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>573078</v>
+        <v>578066</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>9.6</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>573061</v>
+        <v>578059</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>8.5</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>573047</v>
+        <v>578004</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F13" s="3">
-        <v>27.0</v>
+        <v>217.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>573009</v>
+        <v>577915</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="F14" s="3">
-        <v>15.75</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>572996</v>
+        <v>577885</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>18.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>572989</v>
+        <v>577861</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>572965</v>
+        <v>577823</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="F17" s="3">
-        <v>28.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>572941</v>
+        <v>577816</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="E18" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="F18" s="3">
-        <v>83.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>572910</v>
+        <v>577779</v>
       </c>
       <c r="C19" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="F19" s="3">
-        <v>5.99</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>572897</v>
+        <v>577762</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="F20" s="3">
-        <v>4.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>572873</v>
+        <v>577755</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="E21" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F21" s="3">
-        <v>2.17</v>
+        <v>52.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>