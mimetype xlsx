--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -14,188 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 18/12/2025 06:27</t>
-[...2 lines deleted...]
-    <t>LANTERNA COM KIT DE FERRAMENTAS ECOPOWER EP-8156 - BIVOLT</t>
+    <t>Lista gerada no: 03/03/2026 19:31</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8332 - RECARREGAVEL - 1 LED - SOLAR - BIVOLT</t>
   </si>
   <si>
     <t>Lanternas</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>LANTERNA COM KIT DE FERRAMENTAS ECOPOWER EP-8157 - BIVOLT</t>
-[...23 lines deleted...]
-    <t>Panelas e frigideiras</t>
+    <t>LANTERNA ECOPOWER EP-8331 - RECARREGAVEL - 1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8316 - RECARREGAVEL - 1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER EP-8306 - RECARREGAVEL - 1 LED - BIVOLT</t>
+  </si>
+  <si>
+    <t>MONITOR XIAOMI A27I P27FBA-RAGL - FHD - HDMI - IPS 27"</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>MONITOR XIAOMI A24I P24FBA-RAGL - FHD - HDMI - IPS 24"</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CARNE MANUAL - MEAT MINCER 13290</t>
+  </si>
+  <si>
+    <t>Moedores de Carnes</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>BASTAO DE SELFIE INOVA SP-414 - BLT</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>LUMINARIA DE EMERGENCIA INOVA LED-610 - 60 LEDS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Luminarias D/Emergencia</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR INOVA SPO-8681 - UNIVERSAL</t>
+  </si>
+  <si>
+    <t>REPRODUTOR DVD MESA HYUNDAI HY-2240 - 5.1CH - BIVOLT</t>
+  </si>
+  <si>
+    <t>CD / DVD</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>REPRODUTOR DVD MESA DAYS DYD-4000 - 5.1CH</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA BIGSTAR BSP-02P - 110V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>CHURRASQUEIRA ELETRICA RAF R.5423 - ESPETO GIRATORIO - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>KIT DE PANELAS RAF R.80001 - 5 PCS</t>
-[...74 lines deleted...]
-    <t>CABO XO XO-NB200 USB-A/TIPO-C - 2M</t>
+    <t>CARREGADOR HYE HYEC121L / FONTE + CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC121C / FONTE + CABO USB-C</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE EU02L / FONTE + CABO LIGHTNING</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE HYE HYEC79 - 65W - USB/USB-C</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7045 - 3L - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>MAQUINA DE GELO RAF R.0303 / 220V/50HZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5c8a75a5ae83c3d2a16d93b25d2b096.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f31d8d44ef93d963e54b10d12c15fca.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8eb00704bdd2962bb3d92ed903f1d77e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8a1b8fab3b448950ac037c6a646c514.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f81fcf97fd7b7f5343f10f89b8b79b36.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41156c365c4226d502c197757b0ca915.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1f87d5f07de9ed66c98767db7e99da5.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2150320bf95b704120956ace9682748.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/048435d8832164a47b74a75e11f76216.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a46ae6f5c370d433a6b8934e0353f38.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e16c1866de3510512471589ddb87bb70.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e6c93d50c5350db647ff27f2e7d3845.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f88708fb477b04c542e88a39fa6e8f46.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c25e646da45fe2560d9a996b5ac76229.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6ccf9c09d1455a7f955058e4f1d32a8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ab6e1731b2be666df287c9a6bf721e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b270abb23a64016a585929d3e1312aa1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f74e57bd2cbc0a428f0b8b1e7ba1326.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03d25b62f5e4893971acbd76e61bdb33.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21fbe06045253b4193213208b0229ef9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4158db12b9131eda5e036a3e1428a83.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8edda6a8817da934ac5cec7b45cacecd.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43ddaa33f5b93aca50b2e050f55b6376.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3a3d8366ebd24d3bd64c456f8e979ae.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b6240e501c014fc530eafda47eebd53.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaf92608eceb0af1d52dd2ac65565aa1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32cf2e83f4e350c9e8a00ae842578004.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c299a4946b182e55f6bb255141d9fe9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d27865dd1587403868e91dafffedeee9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53222f0632a097eb56daffc7f50abb9b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79273bdd8e9c317c33006ed05c87811e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df66546b4701c1a8b7e887af50c62a80.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85140a9599dc07b4ff46a7cc60021c91.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef7e83548578d9d70f57746a8c9493ae.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05feaf8dd48aecaf6f70f982f006e6cf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9c2e4ce0bd7f7a8bf0f59121c5e8752.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/729c3a19fed51a21f7faf1e937ac9b81.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/980b7c77ca664022f95722d5a29bcda9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9a34f0f1a53bb73312aaaab8f562668.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65819bdba188fd1cd72b60428bc1e9f4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>573498</v>
+        <v>578424</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>573481</v>
+        <v>578417</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>10.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>573467</v>
+        <v>578400</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>145.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>573450</v>
+        <v>578394</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>17.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>573429</v>
+        <v>578363</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>43.0</v>
+        <v>87.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>573412</v>
+        <v>578356</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>53.0</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>573405</v>
+        <v>578349</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>19.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>573399</v>
+        <v>578325</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>19.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>573351</v>
+        <v>578318</v>
       </c>
       <c r="C10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" t="s">
         <v>25</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>573337</v>
+        <v>578301</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F11" s="3">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>573320</v>
+        <v>578271</v>
       </c>
       <c r="C12" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" t="s">
+        <v>28</v>
+      </c>
+      <c r="E12" t="s">
         <v>29</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>573313</v>
+        <v>578264</v>
       </c>
       <c r="C13" t="s">
         <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E13" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F13" s="3">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>573306</v>
+        <v>578257</v>
       </c>
       <c r="C14" t="s">
         <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>6.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>573290</v>
+        <v>578240</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>95.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>573283</v>
+        <v>578233</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>95.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>573276</v>
+        <v>578226</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>95.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>573269</v>
+        <v>578219</v>
       </c>
       <c r="C18" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
         <v>38</v>
       </c>
       <c r="E18" t="s">
         <v>39</v>
       </c>
       <c r="F18" s="3">
-        <v>125.0</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>573221</v>
+        <v>578202</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F19" s="3">
-        <v>53.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>573214</v>
+        <v>578196</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="F20" s="3">
-        <v>2.5</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>573207</v>
+        <v>578172</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="F21" s="3">
-        <v>2.0</v>
+        <v>80.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>