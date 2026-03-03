--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -14,203 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 16/12/2025 18:14</t>
-[...2 lines deleted...]
-    <t>PLACA ELETRICA INFRARROJA MOX-KIC06 - 2200W - 220V</t>
+    <t>Lista gerada no: 03/03/2026 19:30</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA MOX-KIC04 - 2 BOCAS - 220V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
     <t>MOX</t>
   </si>
   <si>
-    <t>PATINETE ELETRICO BAK BK-SC001 / 10.400MA S/G</t>
-[...2 lines deleted...]
-    <t>Patinete Eletrico</t>
+    <t>LUZ DECORATIVA BOLA DE CRISTAL 6CM - 18407</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>GRILL SONIFER SF-6074 - 1500W - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>SONIFER</t>
+  </si>
+  <si>
+    <t>BATEDEIRA MANUAL SONIFER SF-7002 - 220V</t>
+  </si>
+  <si>
+    <t>Batedeiras</t>
+  </si>
+  <si>
+    <t>BATEDEIRA SONIFER SF-7037 - 3.5L - 220V</t>
+  </si>
+  <si>
+    <t>MOUSE PARA PC SATE A-502 - USB - PRETO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>VASO MAGNETICO FLUTUANTE SATE A-F30</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>VENTILADOR COM UMIDIFICADOR RAF R.936 - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>MAQUINA DE COZINHAR OVOS RAF R.0073 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PISTOLA TUCANO GUN TC-697 - PRETO</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CAMERA IP GOLDEN-ULTRA 8695 / 4MP+4MP / 2 CAM / APP ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>GOLDEN-ULTRA</t>
+  </si>
+  <si>
+    <t>TV 55'' SMART LED BAK BK-55G 4K/DGT/GOOGLE TV</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
   </si>
   <si>
     <t>BAK</t>
   </si>
   <si>
-    <t>FRITADEIRA AIR FRYER OVEN BAK BK-A010L-220V</t>
-[...110 lines deleted...]
-    <t>Ventiladores</t>
+    <t>SUPORTE PARA CELULAR COM SPEAKER - EWTTO ET-P1480</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>EWTTO</t>
+  </si>
+  <si>
+    <t>PANQUEQUEIRA RAF R.5209 - 20CM - 220V</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SA22415 - 30CM</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>TENDA DOBRAVEL PRAIA/CAMPING - 3X4.5 - AZUL</t>
+  </si>
+  <si>
+    <t>GRILL MEGASTAR BA-14R - 220V</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>GRILL MEGASTAR BA-14N - 220V</t>
+  </si>
+  <si>
+    <t>OXIMETRO - DEDO ECOPOWER EP-2745</t>
+  </si>
+  <si>
+    <t>Oximetros</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>OXIMETRO - DEDO ECOPOWER EP-2744</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83420a7eecc75680724e24cdf3bf675a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a364e164abed2192fd7ab06a349793f7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/168918ca3792c7fda41bc1d9aeac927c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9147be8332d5cb3cd2da72c1a22b24a0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84d9213284800d3ab4cc1353a8af0a44.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6fe693ad79f18da77fb95b93c2142d2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/324e81d7bdfa7f7243d28ee071e3b700.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e43c2200075c57cb0e8605abada1d6e7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a092386615fd5d9eaa89bab939388d5f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6425a1bfe4f8c93ccf34f77a6a1ed98.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd1d06fba3f1cd48cdac54b2c2f06c6b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50cabfc9da106ebc6e8821f05e9d293e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a19525026f03109e19424fd35d5d1a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b21151f62bc2cca362e468546a6f54.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab44e465bb22737cc3eaa358d7db584b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f799fe67183b0b9572b0489bf50059bf.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/106dea189d74709e11454adcaf89eb1a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7be1cea221fad40ba5a4ea60f4313c4d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99a1be96e66bddba705ca785c6727194.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2100b6e63d8dc0ccb9aaf5fddb6cf86a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9751b29c9e1063dc08e3cdd2917a7cb0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25c7fe10f37342315669898c35c321e5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26d6022e40e581ab7c80718b2dcb2b00.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3eabd7f837ab6e59476e35222dd268b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/060f5b78c058e15075c79c9f48dbf196.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a34f566a4c6ace809fc81773cfa14d98.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb55ab9e85768cffa33af20b00010f83.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5a30c97df36f9e6763d8a9f8464669a.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0da6437906dad027305ae84e6595102f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d39e9f76f0d4e1a85727db3c9f2ec52.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4982d88d60932a58730d07945d664a8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b29b1a7b93a050937dd9703f3151004e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10ab4aff974343c9df03b815db541385.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a9096a44d2e6aa98ede3c78110e051b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8838a89fe9aba2157cccc9ff436a2f4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac9791d846ed10759a65739946854253.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fcbd991b2e27349eec1f4d270398443.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdfe2572733944f99d3240a807b5cf65.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00ee91fd46bf7b7b5490be3b514ab275.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7cc1a20e76ed3e5b28ddd5321b5e200.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>573917</v>
+        <v>578813</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>22.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>573900</v>
+        <v>578790</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>189.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>573894</v>
+        <v>578769</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>36.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>573887</v>
+        <v>578752</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>36.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>573863</v>
+        <v>578745</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>16.5</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>573856</v>
+        <v>578721</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>4.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>573849</v>
+        <v>578707</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>4.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>573832</v>
+        <v>578660</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>60.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>573825</v>
+        <v>578653</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F10" s="3">
-        <v>16.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>573818</v>
+        <v>578639</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>16.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>573771</v>
+        <v>578615</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>11.5</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>573764</v>
+        <v>578592</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>10.0</v>
+        <v>280.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>573757</v>
+        <v>578578</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>255.0</v>
+        <v>5.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>573719</v>
+        <v>578554</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="F15" s="3">
-        <v>17.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>573696</v>
+        <v>578530</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>32.0</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>573689</v>
+        <v>578516</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>12.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>573672</v>
+        <v>578493</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>30.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>573665</v>
+        <v>578486</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>14</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F19" s="3">
-        <v>34.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>573658</v>
+        <v>578448</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>15.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>573641</v>
+        <v>578431</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
         <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
       <c r="F21" s="3">
-        <v>18.0</v>
+        <v>4.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>