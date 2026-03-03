--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -14,203 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 16/12/2025 18:14</t>
-[...2 lines deleted...]
-    <t>SUPORTE UNIVERSAL PARA CELULAR ECOPOWER EP-T009</t>
+    <t>Lista gerada no: 03/03/2026 17:08</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F323 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA CABE�A ECOPOWER EP-8127 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>CELULAR BLU A160 - 4G - 2.4'' -  DUAL SIM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Blu</t>
+  </si>
+  <si>
+    <t>BLU</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL STAGE2 624 - 6"5 - 40WRMS - 2 VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>MAQUINA NASAL PROSPER P-4401 - 3 EM 1 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Nasal</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO PROSPER  P-2131 - RECARREGAVEL - DIGITAL - BIVOLT</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR PROSPER P-201 - 3.5L - BIVOLT</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR DE MALHA ECOPOWER EP-2701</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR 7 EM 1 - ECOPOWER EP-2817 DIGITAL - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR ECOPOWER EP-2816 - DIGITAL - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR ECOPOWER EP-2815 - RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>RASTREADOR LOCALIZADOR AIRTAG HYAT-010B - PARA APPLE</t>
+  </si>
+  <si>
+    <t>Rastreadores Veicular</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>RASTREADOR LOCALIZADOR AIRTAG HYAT-02A - PARA APPLE</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA MEGASTAR GWC078 - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Giratorias</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADORA MEGASTAR GWC082 - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Alis/Girat</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCOCO - MEGASTAR FMA13</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F306 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA CELULAR XO-C151 METAL/360�/MESA</t>
   </si>
   <si>
     <t>Acess. p/ Celular</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...122 lines deleted...]
-    <t>MOX</t>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA 3210 4G - DUAL SIM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>ACESSORIO CHAVE SETA E BUZINA PARA MOTO FOSTON X13</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9415e13ab255fbd5da05d4acf2ef322.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64a7036ef206118bd1a133ce4d7d16b3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c608b1772ec2ad6707e8abc7606ef25.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f88f7a45f68e66f0f9db6e0e00f02e1f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f33b1caffc178f3ad329c95c1e8790f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9664dbe6356fd96fd9904f661486b76f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8ddf20ca6bf9f1516d1fdfbe020b07.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d255da677ff18768bf207e8040bd8bcb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0a223197424bb4faf9386735a6871d6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08462a0805edd82e70ab567f98693260.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acb2852b5769463756c3ccdbdb0b0b76.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d955581573c9020fde0a06c3e6cfe1f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/345a0d1e702687a07fd49b4ebd1f8512.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc3219f88bc911fea92c7acf4f708542.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5df4431ad7cbcd824fe1c1322361a00.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4610c8bde2ef78b80175dbc8f172b1e8.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05491bc11937b5ea3a8c2fb15e84c40d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e6a43eabc17654d93c8350a25a82757.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3366bdab7948026ff9c8cdc5c903d248.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3813583db88c109bd9eba72bfbeef3b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6bc5ab4b2a8549b5660dad567931158.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/656475d45d5e6b5bbd517877c9e44b53.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27e11c702ad5f7908406e555be438003.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8862baeb961709cdeca6e99f2294f62d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c439d3de175367597394568b4fc189aa.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdd4ea204284660677b4647c23134ab1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7e71e6c456474d93436343d0afb43a3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef9f695e98bdbf9335202eda6560dadb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8930dc4e4ae51ad1a46b2f80298e9661.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89e13dffbb8e1a2eeb5778335c2e1a65.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1996f633b9d20de52476280916f6193a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee489299397d5722a191dd5dcc58eac1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7485d0fedcfeaa2cc6887c1f054fc945.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f960697a7a2b1a49743cce50fb34fca9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/233c79b465fe8e33ef74f7816d73713d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b87f80a65c662502d511ade703ba0bd7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbb49a70a386c725ae4e934327c704b7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffd80def07c15945101d2e4cd8e9b104.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/177793b7b2875c2737d9d43e08d4ab25.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9123991f22eb5c9f4674062e5e310fa5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>574280</v>
+        <v>579100</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.75</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>574273</v>
+        <v>579087</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>3.75</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>574266</v>
+        <v>579070</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>33.0</v>
+        <v>22.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>574259</v>
+        <v>579063</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>56.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>574204</v>
+        <v>579056</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>275.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>574198</v>
+        <v>579049</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>5.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>574174</v>
+        <v>579018</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>6.75</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>574167</v>
+        <v>578998</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>574129</v>
+        <v>578981</v>
       </c>
       <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
         <v>22</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>15.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>574075</v>
+        <v>578974</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>17.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>574051</v>
+        <v>578967</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>574044</v>
+        <v>578943</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
         <v>32</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>268.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>574037</v>
+        <v>578936</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
       <c r="D14" t="s">
         <v>32</v>
       </c>
       <c r="E14" t="s">
         <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>225.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>574020</v>
+        <v>578929</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
         <v>36</v>
       </c>
       <c r="E15" t="s">
         <v>37</v>
       </c>
       <c r="F15" s="3">
-        <v>26.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>574013</v>
+        <v>578912</v>
       </c>
       <c r="C16" t="s">
         <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E16" t="s">
         <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>26.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>574006</v>
+        <v>578905</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
         <v>37</v>
       </c>
       <c r="F17" s="3">
-        <v>4.6</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>573986</v>
+        <v>578899</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>8</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>21.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>573979</v>
+        <v>578882</v>
       </c>
       <c r="C19" t="s">
         <v>43</v>
       </c>
       <c r="D19" t="s">
         <v>44</v>
       </c>
       <c r="E19" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>30.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>573931</v>
+        <v>578875</v>
       </c>
       <c r="C20" t="s">
         <v>46</v>
       </c>
       <c r="D20" t="s">
         <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>8.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>573924</v>
+        <v>578820</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F21" s="3">
-        <v>21.0</v>
+        <v>20.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>