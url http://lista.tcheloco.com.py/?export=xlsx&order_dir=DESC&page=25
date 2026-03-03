--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -14,203 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 16/12/2025 10:12</t>
-[...5 lines deleted...]
-    <t>Acess. p/ Celular</t>
+    <t>Lista gerada no: 03/03/2026 17:19</t>
+  </si>
+  <si>
+    <t>CAFETEIRA RAF R.115 - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>CHALEIRA ELETRICA RAF R.7230 - 5L - 220V/50/60HZ</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR ELETRICO RAF R.6230 - 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MIXER 5 EM 1 RAF R.309B - 300W- PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8749 - AND/BT/USB/9"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SUPORTE UNIVERSAL PARA CELULAR  ECOPOWER EP-T008</t>
-[...17 lines deleted...]
-    <t>AR CONDICIONADO ECOPOWER 12000BTU - 220V/60HZ - COM KIT - INVERTER</t>
+    <t>APARELHO GAME STATION 2.4G / 2 CONTROLES+CONS / CAIXA PRETA</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>ASPIRADOR ROBOT MARS MULTILASER-H041EUR</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>MULTILASER</t>
+  </si>
+  <si>
+    <t>APARELHO GAME CONSOLE PORT�TIL R36S - 3.5"- 64G - 1G - PRETO</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>BF FRITADEIRA AIR FRYER RCA RCAF50B - 5L - PRETO - 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>RCA</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER RCA RCFR10 - 3.2L - PRETO - 110V</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR CORPORAL LUO LU-4999 - 12 PCS</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>CAMERA IP LUO SMART LU-E120 - WIFI - 3CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>TECLADO PARA PC - HAVIT KB2008-PB - USB/PORTUGUES</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>HAVIT</t>
+  </si>
+  <si>
+    <t>BARBEADOR HYUNDAI PHT-083 - MINI - REC / 4 EM 1</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO CLIMAX 12000BTU - 110V/60HZ - COM KIT - Q/F</t>
   </si>
   <si>
     <t>AR CONDICIONADOS</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO ECOPOWER EP-H109 - BLUETOOTH</t>
-[...95 lines deleted...]
-    <t>MOX</t>
+    <t>CLIMAX</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS RAF R.80006 - 5 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>GRILL RAF R.5409 - HOT POT GRILL - 180� - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>CHURRASQUEIRA ELETRICA RAF R.8612 - VERTICAL - 220V</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F324 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F327 - REC/USB/SD/BLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f91896a669bf4870550a129c5eb182a1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a3fac1959c5a6c8ffb8599c6e477296.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b672693647d5116d18fff307899f214c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43ba8dfb7ebc06ecff6441cc31bc21aa.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cbe7e395286641ceb1d89ea6d8785f4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bad8b408ff8526d9f2a369bbe8ddbaf5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b683305162bf46794e15bc6627c98e59.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53f8016aad707fbe0270e7334ac14e7b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c5dc7a6f4fb842e6895a0d27c897fe6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7f774ba41cf9c7ee8ab69199fd2f08a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/661e873f08876bc14fef95a5c0d91cf1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/256a56254bb1728eafd13704021656d4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/faf3c56f8eb8d08292fb7bc308683179.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29d19cec1f736d2c684a19ea4ae6eb54.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/336b3d570abadedf3244544b0405d3f1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbff9416b9b25793d3412d790da4bda0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7ddc980fd78633195261cdbfbd85783.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e7f6fc4fd4935b18193048cae102fb9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18023e8852f984d34dfce52e5856ba9e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ee3a1a4c671fb8287eeb94e56b1fdad.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e83e2c80358aa4b6288326c07a8c45d4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbc59fc482bbe6485e94b3906076dc93.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e843c330120b55c0782ce99803b224de.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/880d71e9592d97ee5e77612a428ba49e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da681c6d48d86e0b712404fef1cf974e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f03345d6dc6fe922e5664ebe74af95.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c94a06dc172373b70609eaec02b9ae6e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a0c01796aa8c6fdbd0dfee2e2383f98.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0e15314a60d235e0acb18c761c12232.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f6beefb0fd1c293baf048fe4528c62a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83c7e2729bd83246192c0e377f40d281.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/002d11b7a484223f48adf84156c7c508.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac7bba49d1b7252b825f9d63c296e863.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecc9d1e425f5ddda2fe426d1689301b9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00751dc07ba7b3e6eae1a3dc95aaad00.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9da9f1ed87ff977d5e4bfbab9530700.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/728d622fafa26a7bedfd2f90b6c64c3c.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5b1ba638a035809e5ec57f0d00f780b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcf181ef042de418ed4778d5821c9e48.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f28ab430d0568734e9f39aadfc951a6b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>574280</v>
+        <v>579421</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.75</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>574273</v>
+        <v>579414</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>3.75</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>574266</v>
+        <v>579407</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>33.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>574259</v>
+        <v>579391</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>56.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>574204</v>
+        <v>579377</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F6" s="3">
-        <v>275.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>574198</v>
+        <v>579360</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>5.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>574174</v>
+        <v>579339</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>6.75</v>
+        <v>49.9</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>574167</v>
+        <v>579315</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>574129</v>
+        <v>579278</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>15.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>574075</v>
+        <v>579261</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F11" s="3">
-        <v>17.5</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>574051</v>
+        <v>579247</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>4.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>574044</v>
+        <v>579223</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>268.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>574037</v>
+        <v>579216</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>225.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>574020</v>
+        <v>579209</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>26.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>574013</v>
+        <v>579193</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>26.0</v>
+        <v>305.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>574006</v>
+        <v>579179</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>4.6</v>
+        <v>73.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>573986</v>
+        <v>579155</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>21.0</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>573979</v>
+        <v>579148</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>30.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>573931</v>
+        <v>579124</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F20" s="3">
-        <v>8.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>573924</v>
+        <v>579117</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="F21" s="3">
-        <v>21.0</v>
+        <v>7.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>