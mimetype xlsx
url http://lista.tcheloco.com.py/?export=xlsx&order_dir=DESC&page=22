--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -14,212 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 16/12/2025 02:41</t>
-[...2 lines deleted...]
-    <t>KIT FERRAMENTAS CHAVE (L) FONTOR 171019 - 9 PCS</t>
+    <t>Lista gerada no: 03/03/2026 14:02</t>
+  </si>
+  <si>
+    <t>SPEAKER KOLAV D1238 12"/USB/TF/FM/BLT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>KOLAV</t>
+  </si>
+  <si>
+    <t>TABLET INFANTIL C IDEA CM86 / 7" / AND 12 / VERDE</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>C IDEA</t>
+  </si>
+  <si>
+    <t>TV 65'' SMART LED JVC 65KM558 - HD SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>TV 58'' SMART LED JVC 58KM558 - HD SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>TV 32" SMART LED JVC 32KM158 - HD SMART/4K/GOOGLE</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA KODAK - AA - 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>KODAK</t>
+  </si>
+  <si>
+    <t>PARAFUSADEIRA DE IMPACTO SATE A-TK841 - BIVOLT</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>ESCOVA FACIAL LIMPEZA MEGASTAR BR905</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR WINNINGSTAR ST-5583 - 10X1 - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA QAN QAN-2145 - 1.5L+ 150ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>KIT CHAVE DE FENDA FREFOX 155183 - 3 PCS</t>
+  </si>
+  <si>
+    <t>KIT CHAVE DE FENDA FREFOX TSL-50 (155185) - 5 PCS</t>
+  </si>
+  <si>
+    <t>KIT DE MANICURE OM-18882</t>
+  </si>
+  <si>
     <t>OM</t>
   </si>
   <si>
-    <t>TV 32'' SMART LED SAMSUNG LH32BETBLGKXZP / HD / WIFI / USB / DIG</t>
-[...86 lines deleted...]
-    <t>LIQUIDIFICADOR ECOPOWER EP-3206 - 600W - 2L - 220V</t>
+    <t>RADIO ECOPOWER EP-F320 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>LIQUIDIFICADOR ECOPOWER EP-3205 - 600W - 2L - 220V</t>
-[...35 lines deleted...]
-    <t>IPRO</t>
+    <t>RADIO ECOPOWER EP-F322 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F321 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F319 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F318 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F317 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F312 - REC/USB/SD/BLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9f19e6957f0548135f8cbc88232dbb8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6adb38f27c07e4c8843d656f637c7b9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f95696100e0eeff3aa68aa1e52fea28e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f516d6f3e540cd827bb984bbbb577482.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45ee5d4380d07f27bb9bfc2cebb091e1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bad7fa361128849372d45f97466a7c0d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6736b99dcef33569bd266571ddedcc6d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/253a5c15e34cb623e5bc763339985809.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fc3f9916c7e663f962663cf62592dd1.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ad7858adc962ad26f35e7c08968d102.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/192087b98ee53be1dbb1ab969c62215e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4929fe2ff1cba7dfdca628264d0b313b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab6b2dd96704e388f4ef4676afb2259a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a26ec67fa3fa7a5bf05e18e878d74cf5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/906e0a040b5bb560041d1e116c0f4563.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7819250d5419358b51b6b3ae06fbe97.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b02037bfd27cc67c9d046e3fdc52bcfb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31f9861f259f9ed615ae0beb6ab262dc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aeeaaf2b0141f6f73c90fc9fe9d3481.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75e7d49574e385e88191615c1d986ebd.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd1fd47873186604ad94b00c9b267701.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f35a24d159ce4cb8782e0129ffd364b2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11e3a65a0e67fae7e680feafb1b831f3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76332477b4bc5881042e8f609cc6350c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39644a54a1d57f85eea82b72bbaad4a1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f810e55138b629558a29dbbbec83e39.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b560b8f1d893b322c2641cf4776b1461.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01e15384407660d48caa9165f69ec18e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19eaee02ce8dba0c3067bb5fb73e4cb4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26257a09120fa8ad7159926277ba1128.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84884d8c0f9b299d273616d0d2f6a4fc.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40e376fb018fb870962dafdc2eed7c07.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ce83bee9644a93639fbed6f986101c9.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fd93af37034a8ce5f835116f4d329bf.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fddb6e1ab470707d111822249333613.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/831824edaa68ce0993b6f651acb591d9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052b48d3434b1b7acfae19fb870a5dd6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3be0fa20ccf561f9bc0084fc291931c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cd3f36d6b58d58ffd633f03917e164c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a97696a8524ec59ebc6af1c29c119032.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1129,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>575355</v>
+        <v>580694</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>14.0</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>575348</v>
+        <v>580687</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>127.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>575317</v>
+        <v>580663</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>13.5</v>
+        <v>399.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>575300</v>
+        <v>580656</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>7.0</v>
+        <v>310.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>575294</v>
+        <v>580632</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>6.5</v>
+        <v>120.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>575287</v>
+        <v>580618</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>95.0</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>575270</v>
+        <v>580540</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>6.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>575263</v>
+        <v>580526</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9" t="s">
         <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>575256</v>
+        <v>580502</v>
       </c>
       <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E10" t="s">
         <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>3.0</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>575225</v>
+        <v>580441</v>
       </c>
       <c r="C11" t="s">
         <v>30</v>
       </c>
       <c r="D11" t="s">
         <v>31</v>
       </c>
       <c r="E11" t="s">
         <v>32</v>
       </c>
       <c r="F11" s="3">
-        <v>1.8</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>575218</v>
+        <v>580434</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E12" t="s">
         <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>1.8</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>575195</v>
+        <v>580427</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>18.75</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>575188</v>
+        <v>580410</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="E14" t="s">
         <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>575171</v>
+        <v>580380</v>
       </c>
       <c r="C15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
         <v>39</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>38.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>575164</v>
+        <v>580373</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>35.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>575157</v>
+        <v>580366</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>26.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>575065</v>
+        <v>580359</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="F18" s="3">
-        <v>9.9</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>575041</v>
+        <v>580342</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="E19" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="F19" s="3">
-        <v>8.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>575034</v>
+        <v>580335</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>38</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="F20" s="3">
-        <v>335.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>575027</v>
+        <v>580328</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="F21" s="3">
-        <v>35.0</v>
+        <v>6.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>