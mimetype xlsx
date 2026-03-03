--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -14,200 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 07/12/2025 01:53</t>
-[...5 lines deleted...]
-    <t>Batedeiras</t>
+    <t>Lista gerada no: 03/03/2026 00:13</t>
+  </si>
+  <si>
+    <t>COMPRESSOR DE AR PORTATIL AIR PUMP 12V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>WAFFLERA RAF R.257H - 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>BATEDEIRA MANUAL RAF R.96633 - 110V</t>
-[...20 lines deleted...]
-    <t>KIT DE PANELAS WINNINGSTAR ST-5214 - 4 PCS</t>
+    <t>MAQUINA BARBEADOR VGR V-325 - SHAVER DIG/REC/LCD</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>KIT DEPILADOR VGR V-761 4 EM 1 - LED/USB/5W</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA 108 - DUAL SIM - 4 BAND</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C850 - 12000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR + DE PAREDE ECOPOWER EP-C810 - 12000MAH</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE + FERRAMENTAS ECOPOWER EP-8170 - SOLAR</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>CAFETEIRA BRITANIA DUO - PRETO - 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>VENTILADOR BRITANIA BVT466 40CM 3X1 - COLUNA - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>KIT DE PANELA ESMALTADA MK2439 - 5 PCS</t>
   </si>
   <si>
     <t>Panelas e frigideiras</t>
   </si>
   <si>
-    <t>WINNINGSTAR</t>
-[...89 lines deleted...]
-    <t>FURADEIRA DE IMPACTO SATE A-TK842 - BIVOLT</t>
+    <t>OM</t>
+  </si>
+  <si>
+    <t>MINI UMIDIFICADOR PROSPER P-203 - BIVOLT</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR CORPORAL PROSPER P-1132 - Q/F</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO CLIMAX 12000BTU - 220V/50/60HZ INVERTER - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>CLIMAX</t>
+  </si>
+  <si>
+    <t>GRILL MARYLAND MR-1010 - CERAMIC - 180� - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>MARYLAND</t>
+  </si>
+  <si>
+    <t>ESCOVA ELETRICA 6X1 PROSPER P-1128 - 220V</t>
+  </si>
+  <si>
+    <t>Escovas Alis/Girat</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P-6609 - 9000W - LED - 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>GRILL CHAPA LISA RAF R.2233 - 220V</t>
+  </si>
+  <si>
+    <t>WAFFLERA RAF R.2290H - 4 UNID - 220V</t>
+  </si>
+  <si>
+    <t>MAQUINA ELETRICA OMELETEIRA + GRILL RAF R.245 - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab8bb18bc96a33447852a3b453efb724.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c05a2ca0d86485bca68d3ee95f7e0275.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ffb565cdfc26d60686d04a53d218fe5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1dcf2605c12bcb13eb42e43eed65601e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89123015da68360885d02152de463d3f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/899977055cda4252a47b89b2eb8298eb.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1efea13f0e1932e0cbb05b6efb2d0eb.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59470b7c77a3df7f93ff04e0c2ffd884.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48b8ec3c0ae6759c3d0df9b53e502dcc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/147a597984d369cd0958a005f1383d52.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a23ee794531ccf92d08ed6b327b3bc68.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f33bf3de7bd6b97e257286adb1b4dce.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/168ca21a960a7474c878c71bedf0a138.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c79db355a849b20cc9b7e841a2c1ccda.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4176702e30ef99080a325e1b0340d10a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4cebf72e3b6d529ee06b7e67e519d6f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7249cc33cfc43c598106b695eed70de4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f069325897c0b3b90928e3112ae16595.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6d1300a00cd416dd0656a35547abdd6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea67f0e126f72cdf3eaff2aacfbf43b5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3842e634b48c6832e5e1aa3089d4e1b4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0540c8299a0bd900113ca87f103f9d20.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c929e34db898d59bf0c5e8dba7b55cd.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/877badd38f9a865b2e6b30917d9bdc8d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bae4e18d38a1bf21173555585c48084c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6e4d406bab273129e6db1d11b748f00.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfe8efd12469d10e7f845203ad19743e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d5c55da8e5d6438d9305fc35473864d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e12f33abdda44dbcca7f220e180f0e5b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bd6d42f6bc3468c2501a42e4d9e034b.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e80ab4e9a3e7a1c653183dca0db4bff.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84976ccdc7de09d76f3ece33e564973b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b517b3d069eadee99d4b9d0ad2bc47c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa3266500fe11c91845d2dc5a0fc195.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdfd58e64477b69dbbd44d47232b4701.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8f7860fb90ea6e6677f3698887beb93.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dee4b3dd19dcb22025bdcd2e3d4bf823.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84f60549039491942890c72169bb6fe8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f24723a56cbacc59d8d18bf03ba75128.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9e6eee3d2034279a982a3750b091767.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>580786</v>
+        <v>586672</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>580779</v>
+        <v>586665</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>580762</v>
+        <v>586658</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>580755</v>
+        <v>586641</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>42.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>580748</v>
+        <v>586634</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>43.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>580717</v>
+        <v>586627</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>217.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>580700</v>
+        <v>586610</v>
       </c>
       <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>187.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>580694</v>
+        <v>586603</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>83.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>580687</v>
+        <v>586573</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>40.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>580663</v>
+        <v>586566</v>
       </c>
       <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
+        <v>31</v>
+      </c>
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>399.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>580656</v>
+        <v>586559</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>310.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>580649</v>
+        <v>586542</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>182.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>580632</v>
+        <v>586535</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>120.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>580625</v>
+        <v>586528</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>0.62</v>
+        <v>300.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>580618</v>
+        <v>586511</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="F16" s="3">
-        <v>0.59</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>580601</v>
+        <v>586498</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F17" s="3">
-        <v>14.0</v>
+        <v>99.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>580595</v>
+        <v>586481</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="F18" s="3">
-        <v>0.5</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>580557</v>
+        <v>586474</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F19" s="3">
-        <v>34.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>580540</v>
+        <v>586467</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
         <v>12</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>25.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>580533</v>
+        <v>586450</v>
       </c>
       <c r="C21" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
+        <v>53</v>
+      </c>
+      <c r="E21" t="s">
         <v>12</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>21.0</v>
+        <v>17.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>