--- v0 (2025-12-11)
+++ v1 (2026-03-03)
@@ -14,191 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 10/12/2025 21:14</t>
-[...5 lines deleted...]
-    <t>Receptor</t>
+    <t>Lista gerada no: 03/03/2026 01:42</t>
+  </si>
+  <si>
+    <t>MODULO AUTOMOTIVO ROADSTAR  RS-5.1       4600W</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>TOMADA TELEFONE</t>
+  </si>
+  <si>
+    <t>Comunica��o</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>CALCULADORA CIENTIFICA   CASIO FX570ES PLUS</t>
+    <t>CORNETA AUTOMOTIVO NEGRA  ( CORTA )</t>
+  </si>
+  <si>
+    <t>Cornetas</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 806 - 10 DIGITOS</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-95 PLUS ECHO - S/G</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>LAMPADA XENON H4 12V 60/55W</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 836 - 12 DIGITOS</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER VR-94 PLUS - S/G</t>
+  </si>
+  <si>
+    <t>CABLE RCA "Y" (1)MACHO (2)HEMBRA</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>CONTROLE PLAY 2 ANALOGICO - GENERICO - SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>PAPEL HI-TI 4X6  630PL C/ CX</t>
+  </si>
+  <si>
+    <t>INFORMATICA</t>
+  </si>
+  <si>
+    <t>CORNETA PRETA - LONGA</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PHILIPS AAA / 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PHILIPS AA / 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO - HR150RC - COM BOBINA</t>
+  </si>
+  <si>
     <t>CASIO</t>
   </si>
   <si>
-    <t>PRESENTADOR LASER/GREEN POINTER</t>
-[...98 lines deleted...]
-    <t>KIT XENON HID - HB-4 - 6000K - 9006</t>
+    <t>MODULO ROADSTAR - RS-4510 - 2400W - POWER ONE</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>BATERIA CR2032 MAXELL  CARTELA C/05 UNID.</t>
+  </si>
+  <si>
+    <t>Baterias</t>
+  </si>
+  <si>
+    <t>MAXELL</t>
+  </si>
+  <si>
+    <t>PILHA PANASONIC TIPO D / 20 PCS - 2 PCS CADA</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>RADIO PX VOYAGER - VR-148GTL (NC) - SEM GARANTIA</t>
+  </si>
+  <si>
+    <t>CALCULADORA CASIO - FX82MS - CIENTIFICA - 2ND EDITION</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/891ea85f635cd4bc71299b4b38b145eb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6526346d26295d34ac2c247538d70847.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dddec65da892da68334562b272e37ec5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b055e2932dc8fb87b04b902c6522dc1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf48dbaab20006987080fef8fbda215d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bda7ef2eae318f0173849c927703ac25.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/204c8c066fab879a412f8ea93821084c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/161103ccf94dc35a422a86272210ba43.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a141fcc69b69e4afac95ea578f20ac5a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9712e404a5d81778f4965528daac6f1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4341b6c68f46109e39dad01c724c0c78.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b39b2730275b1ab4442b3ab910016a33.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0044741c6c07b3e9defe2a0efa481be1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9791c29617912008580b1c1545af3ad8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0631e15d4f478c199a3c3b063b1c03c6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d45aee851325bbdc7a9344e88c41f121.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7e12ee40f2ca1460c2234e0a599b432.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0455a40a8aec70c55f942c4675d1642f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850d8db5518eb484ca26975f6a9a38c5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6e393aef5183dbcfa325cae1cd20346.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c55c29986257577393f1f4ecc367c3f4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f322dd49e9faf6459636664fbc150d1.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60e12fdc26a1d6765dcc984f046f49dd.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdc49a757974787483de44df9a50b069.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f738a1176827a468a8c9972bbed1d89.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c2dde4dffb8f53026b7427d3776afc9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3dc319e40e33466ad8514897268d0e07.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1186b43905461c3e6a1c13185a6fb2b8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb5c19cba0a1e1f82a32166caa88f97a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8810a7837ec37c8ed61401caaa94e9aa.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddda51bf2fd0d1e89647fa131e103af5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b99f94c984fd72ff5380fc012c33624.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e6bb4673bcd088e962018c375aca300.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a8187a453050a8719cfa5f7d5ca9f49.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e0b33474a57a38a0bbe96ce837b0cc2.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31d7a179357394ee1689bd3a73c33a8f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fccc8c2aca940d45c183725c6e9c81b2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15718c48272ce8449641b0b88545b480.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6f5276a0ebd3b84cb702fa7cc82b169.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dbaf62d7c7de3bad2e771b062f8d20d7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -353,51 +356,51 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="838200" cy="590550"/>
+    <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
@@ -1132,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>211536</v>
+        <v>10009</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.5</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>210645</v>
+        <v>9737</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>17.5</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>209670</v>
+        <v>8280</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>9.6</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>209175</v>
+        <v>6187</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>19.5</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>209168</v>
+        <v>5319</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>22.5</v>
+        <v>179.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>206860</v>
+        <v>5197</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>8.5</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>206853</v>
+        <v>5029</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="F8" s="3">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>206846</v>
+        <v>3681</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>7.5</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>206471</v>
+        <v>3100</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F10" s="3">
-        <v>10.75</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>206464</v>
+        <v>2554</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>8.75</v>
+        <v>3.26</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>205948</v>
+        <v>2110</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>13.0</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>203135</v>
+        <v>1793</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>23.0</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>201032</v>
+        <v>1663</v>
       </c>
       <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14" t="s">
         <v>33</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>34</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>13.0</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>201025</v>
+        <v>1656</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
+        <v>36</v>
+      </c>
+      <c r="E15" t="s">
         <v>34</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>7.5</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>200837</v>
+        <v>1250</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="F16" s="3">
-        <v>5.5</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>198301</v>
+        <v>1199</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>10.0</v>
+        <v>117.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>197755</v>
+        <v>994</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F18" s="3">
-        <v>45.0</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>196666</v>
+        <v>819</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>4.0</v>
+        <v>9.99</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>196628</v>
+        <v>741</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>196611</v>
+        <v>604</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>44</v>
+        <v>16</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="F21" s="3">
-        <v>7.0</v>
+        <v>9.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>