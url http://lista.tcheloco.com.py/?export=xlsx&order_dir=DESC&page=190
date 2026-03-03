--- v0 (2025-12-11)
+++ v1 (2026-03-03)
@@ -14,227 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 11/12/2025 17:51</t>
-[...23 lines deleted...]
-    <t>Fogoes</t>
+    <t>Lista gerada no: 03/03/2026 01:41</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O MORE FITNESS MANUAL MF-225</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR MORE FITNESS MF-09NB - 110V</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>ADAPTADOR USB SATELLITE (2X1)  AL-10</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FITA PARA LIMPADORA 8MM SONY</t>
+  </si>
+  <si>
+    <t>SONY</t>
+  </si>
+  <si>
+    <t>CABO  AUDIO-VIDEO PARA CAMERA SAM S630 / 760 / 860</t>
+  </si>
+  <si>
+    <t>Acess. p/camera digital</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>WATERPIK WP-100W  110V (ULTRA)</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>PANELA DE ARROZ 2.8L R600 110V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>SPRAY DE PIMENTA 40ML</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>TEL VOYAGER VR-678  (EXTRA)</t>
+  </si>
+  <si>
+    <t>Comunica��es</t>
+  </si>
+  <si>
+    <t>VOYAGER</t>
+  </si>
+  <si>
+    <t>MAQUINA PANASONIC - ER-224</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>PC FONE MICROFONE SATELLITE AE-335</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SPRAY DE PIMENTA 60ML</t>
+  </si>
+  <si>
+    <t>TELA VOYAGER 702  USB/TV  7.0"  TETO</t>
+  </si>
+  <si>
+    <t>Telas p/ Carro</t>
+  </si>
+  <si>
+    <t>TWEETER AUTOMOTIVO ROADSTAR RS-325ST 4000W</t>
+  </si>
+  <si>
+    <t>Drivers e Tweeters</t>
+  </si>
+  <si>
+    <t>ROADSTAR</t>
+  </si>
+  <si>
+    <t>TELEFONE PHILIPS VOIP-0801B - USB - SKYPE</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-075 4500W C/DIFUSOR 220V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
   </si>
   <si>
     <t>ONIDA</t>
   </si>
   <si>
-    <t>MULTIMIDIA PYRAMID CR-V 2012-2013</t>
-[...125 lines deleted...]
-    <t>Fitas Led</t>
+    <t>CROSSOVER ROADSTAR RS-90 4VIAS</t>
+  </si>
+  <si>
+    <t>AUTOMOTIVO</t>
+  </si>
+  <si>
+    <t>WATERPIK WP-360E  220V</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O MORE FITNESS DIGITAL MF-368SE - PULSO COM MEM�RIA</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>RADIO COMUNICADOR VOYAGER VR-9000MKII - S/G</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -257,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/968de26e1db2424b0470dce0ac01add2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f7ef23a5b04926ea616e01f511776a8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e98940382884c37d7ec2d7c892b081e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c7ccf413f5c3b59a18229eb6bfa6129.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcd8517596bce198728b10a3400d9320.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78749174212b2549fbe95415a5861931.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2708a312868f5ec14388cb45dead722.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4462075b6fb84f82c01bc5691f633e12.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/872d00ddbccd025b8d8f51c9201a5ff6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c163bb38a3de41b97d52b9e813f45ad.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80a7ead742b14c06637282835af224bc.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/337d15da900001297839f68c048461f2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10b2b0049f94568f398694e56576c66d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c18d795d154cf2499a6364aad3d12a44.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05c068199d6ca54e744f215b20e9967c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89c1865149356d5b5ba0a1bd98e4e96c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9a483b08dc5bf34a68b8c15499d655e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb73801ddfe56a7ef1b06eb72214f51f.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/467465886209910225273578ec3838c7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4329244e35a2d0e78ca1b62e72b62340.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e02da3e45e9a0f8a066cbc843e1c846.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b27e6f40634d09a635436dac2bb53d2c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24bad08ebd0b6d15c0ee5704ac96879b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69c820d3253d54b3d48c039ae012c0dc.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48dfb36745fdac5d3a02f420e0404d66.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca945617b672b9779689e4bdef4123f3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1fb14394591502471d7ba9794b35911.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55e635894ec9f0fbd237daed13102bcc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e34274074fa279620c0d5baaab1cf89b.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/198f0fee2e97ddb6ca23ba950618fefb.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/470b0e27f8d73cb4afb2218282ef9a46.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c083dac993f4442ae06ab22e0f998d4f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27d49c54a09e5175c0b27e60f70b2a4c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41029737ee129e29be1fb691efeece7f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97369e3910a95c2193712c784f80d582.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d157950caef689a14a030d27701a887.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39674451851d701a403f0d7f917c702e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7db19fbb71d18fd12464e0f21e004055.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dda6068fbb0e01de2dad03de348ca83.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1c3d426d8c39d73ccf62964732e3b8e.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1168,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>232975</v>
+        <v>45254</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.75</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>232760</v>
+        <v>36894</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>15.5</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>232753</v>
+        <v>36740</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>232050</v>
+        <v>34524</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>80.0</v>
+        <v>4.25</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>231664</v>
+        <v>29773</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>39.5</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>231527</v>
+        <v>24549</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" t="s">
         <v>22</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>24.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>230766</v>
+        <v>22187</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>42.75</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>229791</v>
+        <v>18647</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>95.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>229098</v>
+        <v>18371</v>
       </c>
       <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" t="s">
         <v>29</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>2.75</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>228695</v>
+        <v>16629</v>
       </c>
       <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
+        <v>31</v>
+      </c>
+      <c r="E11" t="s">
         <v>32</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>228374</v>
+        <v>15981</v>
       </c>
       <c r="C12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" t="s">
+        <v>34</v>
+      </c>
+      <c r="E12" t="s">
         <v>35</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>8.6</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>227490</v>
+        <v>15899</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="E13" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="F13" s="3">
-        <v>13.0</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>224796</v>
+        <v>15516</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="F14" s="3">
-        <v>3.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>220453</v>
+        <v>15349</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>128.0</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>219907</v>
+        <v>15134</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F16" s="3">
-        <v>127.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>219884</v>
+        <v>14045</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="E17" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="F17" s="3">
-        <v>5.03</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>217958</v>
+        <v>14007</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>6.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>217606</v>
+        <v>12973</v>
       </c>
       <c r="C19" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="E19" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="F19" s="3">
-        <v>8.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>214421</v>
+        <v>12188</v>
       </c>
       <c r="C20" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>34.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>213639</v>
+        <v>11976</v>
       </c>
       <c r="C21" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="F21" s="3">
-        <v>5.5</v>
+        <v>249.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>