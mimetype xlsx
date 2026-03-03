--- v0 (2025-12-13)
+++ v1 (2026-03-03)
@@ -14,185 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 13/12/2025 13:44</t>
-[...32 lines deleted...]
-    <t>LAMPADA LED SUNLIGHT 19153 / 30W / E27 / BRANCO</t>
+    <t>Lista gerada no: 03/03/2026 11:16</t>
+  </si>
+  <si>
+    <t>PATINETE INFANTIL GRANDE - 16309</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR V-990 BARBA/CABELO</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR VGR V-253 BARBA/CABELO</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE HYE-INV24ABW - 24000BTU - 50HZ INVERTER - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>TV 75'' SMART LED MTEK MKQ75FSGU - 4K/QLED GOOGLE</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>MATA MOSQUITO/INSECTOS ELETRICO ELECTROBRAS EBMI-20 - 110V</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>MATA MOSQUITO/INSECTOS ELETRICO ELECTROBRAS EBMI-16 - 110V</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR 5 EM 1 BRITANIA BMP2000 - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>LAMPADA LED INOVA LED-613 - 100W / E27</t>
   </si>
   <si>
     <t>Lampadas E27</t>
   </si>
   <si>
-    <t>SUNLIGHT</t>
-[...74 lines deleted...]
-    <t>LUMINARIA COM SENSOR SATE A-FL203 - 20CM - RECARREGAVEL</t>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INOVA FON-6713 - BLT/LED - LILAS</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INOVA FON-6713 - BLT/LED - AZUL/ROSA</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INOVA FON-6713 - BLT/LED - ROSA</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INOVA FON-6713 - BLT/LED - PRETO</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA CORES - CORTINA - INOVA LED-8-08</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL PHILCO PRC-1024S - COMP SAMSUNG</t>
+  </si>
+  <si>
+    <t>Controles P/TV</t>
+  </si>
+  <si>
+    <t>PHILCO</t>
+  </si>
+  <si>
+    <t>RADIO RELOGIO ALARME PHILCO PAR3120BT FM/USB/BLT - BIVOLT - 50-60HZ</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>RADIO RELOGIO ALARME PHILCO PAR3206BT FM/USB/BLT - BIVOLT - 50-60HZ</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>LED PISCA-PISCA COR QUENTE 20732 - 100 LED - 220V</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE  HYE-INV18ABW - 18000BTU - 50HZ / 60HZ / INVERTER - COM KIT - Q/F</t>
+  </si>
+  <si>
+    <t>KIT DE PANELAS MARYLAND MRCIE403 - PRETO - 4 PCS</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -215,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aba1d60bc5e43a2249e84e07d9c78d73.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f042c2e2236c23cde1f13cecb8195e20.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bcbf5f7b6e24c0744bf6133ca079176.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65d8f7b61bd1bdcd913e4dcdf51caf38.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/edbc1f4b98cdc88393e1959860710c1a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c300cf61b42608f85efaf08a814a4c44.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb6c3e2059c7a5bd6ab543abde758293.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d15c904cd4fd2ff2424eb3e87c0ac799.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df3cc4c40f76bdbcce3af1021d24b5d5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fc1ebbc653fcc7ae4dd633664475b48.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f208a7af17849207dde786068d2ede70.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/959d1a16913ff4113b61427fe52f3d90.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76f1d49d692c27d1eaeb6de76c774fee.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2d86dd005fb0b0b4075acea316fb235.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4161997055fa2831d71ff97f8216a9b6.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd99cfdba65cd430500581ad244cf4f4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/423f3def85e0a3e6fac1d0b94c37a40b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c59e6be05b8ce2da84815a9bfe385cad.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e3cb1934b178b81995a627290264613.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140d89cb674cc28ad852c15dfb491a52.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35b7cbb0d7d3aaa57bfd011aeaf427f6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b02561d6348822f77449601a96287361.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8c4fdd8757465e02bf5503cfb21f16a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/554a3d367259b086d6dd97826e03905d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b78e0023b6f24bda79c8b47efa0d1dfd.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b791531a30e519aba2ebf02d6e95b1d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f99d2f24704b77edbcb75e8b25805346.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92950860ad39cc4ff5e461087e25a333.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de7e25165e001d34fbdc10db99f99250.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a67ad74c80ac28457245f65c8256f9c2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd7d7ade481e6d1b71740fdd08068f22.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b48abad588482e75728dd881cc815b1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7de0d3b206fe5469392656f5c0643d55.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5551f150ecdd7a4e7fc0adf39492eac.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2a296ab4db6ea3e36e13da1230fcb8c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa72986add63806f8acccb703b54bdb3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3a0abd59c148b2666d5e05d4e52a82a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f56d5408fd2dcf2d0a68a3228fd7a0ac.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7ea231ac1d79f7817dadaeac55c5f02.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6adf691fa9c5ea1fd14aa91510b9f2b.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1126,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>576178</v>
+        <v>581608</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>6.6</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>576154</v>
+        <v>581585</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>10.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>576147</v>
+        <v>581578</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="3">
-        <v>7.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>576116</v>
+        <v>581547</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>23.0</v>
+        <v>505.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>576086</v>
+        <v>581530</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>2.0</v>
+        <v>599.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>576079</v>
+        <v>581509</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>36.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>576062</v>
+        <v>581493</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>13.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>576031</v>
+        <v>581479</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>35.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>576024</v>
+        <v>581455</v>
       </c>
       <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
         <v>28</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>29</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>4.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>576017</v>
+        <v>581448</v>
       </c>
       <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
         <v>31</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>29</v>
       </c>
-      <c r="E11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>576000</v>
+        <v>581431</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
+        <v>31</v>
+      </c>
+      <c r="E12" t="s">
         <v>29</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>6.0</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>575997</v>
+        <v>581424</v>
       </c>
       <c r="C13" t="s">
         <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F13" s="3">
-        <v>16.0</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>575980</v>
+        <v>581417</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F14" s="3">
-        <v>35.0</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>575973</v>
+        <v>581400</v>
       </c>
       <c r="C15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D15" t="s">
         <v>36</v>
       </c>
-      <c r="D15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>1.2</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>575966</v>
+        <v>581394</v>
       </c>
       <c r="C16" t="s">
+        <v>37</v>
+      </c>
+      <c r="D16" t="s">
         <v>38</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>39</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>5.9</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>575959</v>
+        <v>581387</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" t="s">
         <v>39</v>
       </c>
-      <c r="E17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>5.9</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>575942</v>
+        <v>581370</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E18" t="s">
         <v>39</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>4.9</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>575935</v>
+        <v>581363</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="E19" t="s">
         <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>4.9</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>575928</v>
+        <v>581349</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F20" s="3">
-        <v>3.9</v>
+        <v>380.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>575911</v>
+        <v>581332</v>
       </c>
       <c r="C21" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
         <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>3.0</v>
+        <v>99.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>